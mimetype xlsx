--- v0 (2025-10-15)
+++ v1 (2025-12-07)
@@ -1,843 +1,499 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28025"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\gille\OneDrive\Bureau\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3E5F44F1-4727-439A-9EAE-3761192DBB9E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9825C54B-6EAE-48C1-B174-DE121AB96AA0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{4459236B-978F-43C3-966D-58E1FB4D99D8}"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
-    <sheet name="Feuil2" sheetId="2" r:id="rId2"/>
+    <sheet name="avril à fin sept" sheetId="4" r:id="rId1"/>
+    <sheet name="nov à fin mars" sheetId="5" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="399" uniqueCount="188">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="101">
   <si>
     <t>vétéran</t>
   </si>
   <si>
     <t>Les Sables</t>
   </si>
   <si>
-    <t>La Rochelle</t>
-[...1 lines deleted...]
-  <si>
     <t>16 Q.</t>
   </si>
   <si>
-    <t>Basse Indre</t>
-[...10 lines deleted...]
-  <si>
     <t>Chantonnay</t>
   </si>
   <si>
-    <t>Vendée Doub.</t>
-[...1 lines deleted...]
-  <si>
     <t>St Michel</t>
   </si>
   <si>
     <t>France D.</t>
   </si>
   <si>
-    <t>Le Croisic</t>
-[...1 lines deleted...]
-  <si>
     <t>France Vét.</t>
   </si>
   <si>
     <t>La Baule</t>
   </si>
   <si>
     <t>Luçon</t>
   </si>
   <si>
-    <t>32Q.</t>
-[...1 lines deleted...]
-  <si>
     <t>Le Pouliguen</t>
   </si>
   <si>
     <t>Rezé</t>
   </si>
   <si>
-    <t>Asta Nantes</t>
-[...7 lines deleted...]
-  <si>
     <t>Le Mans</t>
   </si>
   <si>
-    <t>chantonnay</t>
-[...7 lines deleted...]
-  <si>
     <t>La Turballe</t>
   </si>
   <si>
-    <t xml:space="preserve">Rezé </t>
-[...10 lines deleted...]
-  <si>
     <t>OPEN Fem.</t>
   </si>
   <si>
-    <t>64D./32D.</t>
-[...7 lines deleted...]
-  <si>
     <t>Allonnes</t>
   </si>
   <si>
-    <t>les Sables</t>
-[...16 lines deleted...]
-  <si>
     <t>AS 2</t>
   </si>
   <si>
-    <t xml:space="preserve">           Inter Région Double F3 F4    Allonnes</t>
-[...19 lines deleted...]
-  <si>
     <t>Nantes Bele</t>
   </si>
   <si>
-    <t>inter Régions Vétéran TD  Meung /loire</t>
-[...7 lines deleted...]
-  <si>
     <t>le Mans</t>
   </si>
   <si>
-    <t>Vendée Q. Vétéran  div 4  Chantonnay</t>
-[...7 lines deleted...]
-  <si>
     <t>AS 3</t>
   </si>
   <si>
-    <t>Vendée Mixte D.</t>
-[...13 lines deleted...]
-  <si>
     <t>16 Triples</t>
   </si>
   <si>
     <t>Les  Sables</t>
   </si>
   <si>
-    <t>Région. Vétéran Les Sables</t>
-[...10 lines deleted...]
-  <si>
     <t>AS 1</t>
   </si>
   <si>
-    <t>Tonnay ch.</t>
-[...13 lines deleted...]
-  <si>
     <t>Noyen</t>
   </si>
   <si>
-    <t>64D.</t>
-[...10 lines deleted...]
-  <si>
     <t>France Simple</t>
   </si>
   <si>
     <t>France Mixte</t>
   </si>
   <si>
     <t>Nyons (26)</t>
   </si>
   <si>
     <t>Ligue M3</t>
   </si>
   <si>
-    <t>autorisat.débit boisson</t>
-[...32 lines deleted...]
-    <t>info  avocat /site</t>
+    <t>le Pouliguen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">   journée  des sociétaires</t>
+  </si>
+  <si>
+    <t>32 D.</t>
+  </si>
+  <si>
+    <t>La Ferté Bernard</t>
+  </si>
+  <si>
+    <t>La Suze</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16 D. </t>
+  </si>
+  <si>
+    <t>?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">48 D. </t>
+  </si>
+  <si>
+    <t>vétéran      6 triples</t>
+  </si>
+  <si>
+    <t>Chateau  du Loir</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ASTA </t>
+  </si>
+  <si>
+    <t>Fresnay / Sarthe</t>
+  </si>
+  <si>
+    <t>Basse indre</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16 Q. </t>
+  </si>
+  <si>
+    <t>ST Michel</t>
+  </si>
+  <si>
+    <t>AG CBD</t>
+  </si>
+  <si>
+    <t>La Roche</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Challenge Vétérans </t>
+  </si>
+  <si>
+    <t>AG Ligue</t>
+  </si>
+  <si>
+    <t>Ponts de CE</t>
+  </si>
+  <si>
+    <t>AS Finale</t>
+  </si>
+  <si>
+    <t>Dijon  ?</t>
+  </si>
+  <si>
+    <t>Bressuire</t>
+  </si>
+  <si>
+    <t>Simple D.  M3/M4 F3/F4</t>
+  </si>
+  <si>
+    <t>16 D. F3/F4</t>
+  </si>
+  <si>
+    <t>Double D.  M3/M4 F3/F4</t>
+  </si>
+  <si>
+    <t>Double Reg.  M3/M4 F3/F4</t>
+  </si>
+  <si>
+    <t>Région  Vétérans  D4</t>
+  </si>
+  <si>
+    <t>inter Rég.  Vétérans TD</t>
+  </si>
+  <si>
+    <t>Double Mixte D3/D4</t>
+  </si>
+  <si>
+    <t>Double Mixte Rég.D3/D4</t>
+  </si>
+  <si>
+    <t>Région M3  3e place ligueM4</t>
+  </si>
+  <si>
+    <t>inter Reg. triple  F3/F4</t>
   </si>
   <si>
     <t>galettes des rois</t>
   </si>
   <si>
-    <t>réunion novembre</t>
-[...266 lines deleted...]
-    <t>attention Changement lieu</t>
+    <t>AS  secours</t>
+  </si>
+  <si>
+    <t>Simple R eg M3/M4 F3/F4</t>
+  </si>
+  <si>
+    <t>la Rochelle</t>
+  </si>
+  <si>
+    <t>(  date à confirmer )</t>
+  </si>
+  <si>
+    <t>lieu à définir</t>
+  </si>
+  <si>
+    <t>2025 / 2026</t>
+  </si>
+  <si>
+    <t>Poitiers</t>
+  </si>
+  <si>
+    <t>32D.      TD</t>
+  </si>
+  <si>
+    <t>6 Q.    Loisir</t>
+  </si>
+  <si>
+    <t>16 q.vétérans</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32 D.   </t>
+  </si>
+  <si>
+    <t>16 Q. vétérans</t>
+  </si>
+  <si>
+    <t>16 Q.     TD</t>
+  </si>
+  <si>
+    <t>32 D.   TD</t>
+  </si>
+  <si>
+    <t>32 Q.   TD</t>
+  </si>
+  <si>
+    <t>Limoges</t>
+  </si>
+  <si>
+    <t>16 Q.  TD</t>
+  </si>
+  <si>
+    <t>Angoulème</t>
+  </si>
+  <si>
+    <t xml:space="preserve">64 D.  TD </t>
+  </si>
+  <si>
+    <t>Chatellerault</t>
+  </si>
+  <si>
+    <t xml:space="preserve">32 D.  TD </t>
+  </si>
+  <si>
+    <t>Vendée  Q.   Véteran D4</t>
+  </si>
+  <si>
+    <t>8 Q.   Loisir</t>
+  </si>
+  <si>
+    <t>Chal.  interne à la melée  BDR</t>
+  </si>
+  <si>
+    <t>64 D. TD.  et     16 D. Fem.</t>
+  </si>
+  <si>
+    <t>Tonnay Charente</t>
+  </si>
+  <si>
+    <t>16 D. M.           et 8 D Fem.</t>
+  </si>
+  <si>
+    <t>32 D. TD</t>
+  </si>
+  <si>
+    <t>64 D.      TD</t>
+  </si>
+  <si>
+    <t>UBP le Mans</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AS Finale Région </t>
+  </si>
+  <si>
+    <t>Noyen/Sarthe</t>
+  </si>
+  <si>
+    <t>Vendée  Q.   D4</t>
+  </si>
+  <si>
+    <t>Pineuilh ( 33 )</t>
+  </si>
+  <si>
+    <t xml:space="preserve">France Quad.  et Triples.   </t>
+  </si>
+  <si>
+    <t>Chalamont (01)</t>
+  </si>
+  <si>
+    <t>Brive Charensac (43)</t>
+  </si>
+  <si>
+    <t>France Vét.   et finale A.S.</t>
+  </si>
+  <si>
+    <t>Brive la Gaillarde (19)</t>
+  </si>
+  <si>
+    <t>ASTA Nantes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
-      <color theme="1"/>
-[...45 lines deleted...]
-      <sz val="7"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color rgb="FF002060"/>
+      <sz val="16"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...5 lines deleted...]
-      <sz val="9"/>
+      <sz val="16"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-      <color rgb="FFFF0000"/>
+      <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...38 lines deleted...]
-      <color rgb="FFFF0000"/>
+      <sz val="15"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="8">
+  <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF00B050"/>
+        <fgColor theme="7" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="9" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="5" tint="0.39997558519241921"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="8" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="37">
+  <borders count="26">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -892,59 +548,50 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
@@ -961,838 +608,611 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom/>
-[...9 lines deleted...]
-      </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...264 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="158">
+  <cellXfs count="119">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
-[...65 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="5" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="22" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...41 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="16" fontId="3" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...24 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="2" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="7" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="8" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="8" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="4" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="2" fillId="7" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="7" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="7" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="9" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="9" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="9" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="10" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="5" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="5" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="7" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="7" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...308 lines deleted...]
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="16" fontId="3" fillId="8" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="3" fillId="8" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2055,5990 +1475,3518 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2999653-D903-4214-885F-DBE7FB2569D6}">
-  <dimension ref="B1:AT65"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B700878F-B7E7-461C-AFC2-B1B22958B10B}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AI32"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A34" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
-      <selection activeCell="R47" sqref="R47"/>
+    <sheetView tabSelected="1" zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
+      <selection activeCell="AK25" sqref="AK25"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.7109375" defaultRowHeight="26.25" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="18" width="11" style="54" customWidth="1"/>
-[...26 lines deleted...]
-    <col min="47" max="16384" width="11.42578125" style="54"/>
+    <col min="1" max="1" width="12.28515625" style="1" customWidth="1"/>
+    <col min="2" max="3" width="22.5703125" style="1" customWidth="1"/>
+    <col min="4" max="4" width="13.140625" style="1" customWidth="1"/>
+    <col min="5" max="6" width="22.5703125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="12.28515625" style="1" customWidth="1"/>
+    <col min="8" max="9" width="22.5703125" style="1" customWidth="1"/>
+    <col min="10" max="10" width="12.85546875" style="1" customWidth="1"/>
+    <col min="11" max="12" width="22.5703125" style="1" customWidth="1"/>
+    <col min="13" max="13" width="13.140625" style="1" customWidth="1"/>
+    <col min="14" max="15" width="22.5703125" style="1" customWidth="1"/>
+    <col min="16" max="16" width="13.5703125" style="1" customWidth="1"/>
+    <col min="17" max="18" width="22.5703125" style="1" customWidth="1"/>
+    <col min="19" max="19" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="20" max="21" width="22.5703125" style="1" hidden="1" customWidth="1"/>
+    <col min="22" max="16384" width="11.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:41" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2" s="55">
+    <row r="1" spans="1:35" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B1" s="64" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="118">
+        <v>45017</v>
+      </c>
+      <c r="B2" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" s="72" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" s="105">
+        <v>45047</v>
+      </c>
+      <c r="E2" s="83" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" s="87" t="s">
+        <v>86</v>
+      </c>
+      <c r="G2" s="2">
+        <v>45078</v>
+      </c>
+      <c r="H2" s="3"/>
+      <c r="I2" s="5"/>
+      <c r="J2" s="2">
+        <v>45108</v>
+      </c>
+      <c r="K2" s="3"/>
+      <c r="L2" s="5"/>
+      <c r="M2" s="7">
+        <v>45139</v>
+      </c>
+      <c r="N2" s="46"/>
+      <c r="O2" s="48"/>
+      <c r="P2" s="2">
         <v>45170</v>
       </c>
-      <c r="C2" s="8"/>
-[...1 lines deleted...]
-      <c r="E2" s="56">
+      <c r="Q2" s="3"/>
+      <c r="R2" s="5"/>
+      <c r="S2" s="6">
         <v>45200</v>
       </c>
-      <c r="F2" s="2" t="s">
+      <c r="T2" s="3"/>
+      <c r="U2" s="5"/>
+    </row>
+    <row r="3" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="9">
+        <v>45018</v>
+      </c>
+      <c r="B3" s="10"/>
+      <c r="C3" s="19"/>
+      <c r="D3" s="22">
+        <v>45048</v>
+      </c>
+      <c r="E3" s="44"/>
+      <c r="F3" s="45"/>
+      <c r="G3" s="9">
+        <v>45079</v>
+      </c>
+      <c r="H3" s="10"/>
+      <c r="I3" s="12"/>
+      <c r="J3" s="9">
+        <v>45109</v>
+      </c>
+      <c r="K3" s="10"/>
+      <c r="L3" s="12"/>
+      <c r="M3" s="13">
+        <v>45140</v>
+      </c>
+      <c r="N3" s="44"/>
+      <c r="O3" s="49"/>
+      <c r="P3" s="9">
+        <v>45171</v>
+      </c>
+      <c r="Q3" s="10"/>
+      <c r="R3" s="12"/>
+      <c r="S3" s="14">
+        <v>45201</v>
+      </c>
+      <c r="T3" s="10"/>
+      <c r="U3" s="12"/>
+    </row>
+    <row r="4" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="9">
+        <v>45019</v>
+      </c>
+      <c r="B4" s="10"/>
+      <c r="C4" s="19"/>
+      <c r="D4" s="80">
+        <v>45049</v>
+      </c>
+      <c r="E4" s="109" t="s">
+        <v>52</v>
+      </c>
+      <c r="F4" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" s="9">
+        <v>45080</v>
+      </c>
+      <c r="H4" s="10"/>
+      <c r="I4" s="12"/>
+      <c r="J4" s="9">
+        <v>45110</v>
+      </c>
+      <c r="K4" s="10"/>
+      <c r="L4" s="12"/>
+      <c r="M4" s="9">
+        <v>45141</v>
+      </c>
+      <c r="N4" s="10"/>
+      <c r="O4" s="11"/>
+      <c r="P4" s="9">
+        <v>45172</v>
+      </c>
+      <c r="Q4" s="10"/>
+      <c r="R4" s="12"/>
+      <c r="S4" s="14">
+        <v>45202</v>
+      </c>
+      <c r="T4" s="10"/>
+      <c r="U4" s="12"/>
+    </row>
+    <row r="5" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="61">
+        <v>45020</v>
+      </c>
+      <c r="B5" s="83" t="s">
+        <v>79</v>
+      </c>
+      <c r="C5" s="82" t="s">
+        <v>80</v>
+      </c>
+      <c r="D5" s="14">
+        <v>45050</v>
+      </c>
+      <c r="E5" s="10"/>
+      <c r="F5" s="12"/>
+      <c r="G5" s="76">
+        <v>45081</v>
+      </c>
+      <c r="H5" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="I5" s="74" t="s">
+        <v>1</v>
+      </c>
+      <c r="J5" s="79">
+        <v>45111</v>
+      </c>
+      <c r="K5" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="L5" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="M5" s="9">
+        <v>45142</v>
+      </c>
+      <c r="N5" s="10"/>
+      <c r="O5" s="11"/>
+      <c r="P5" s="9">
+        <v>45173</v>
+      </c>
+      <c r="Q5" s="10"/>
+      <c r="R5" s="19"/>
+    </row>
+    <row r="6" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="61">
+        <v>45021</v>
+      </c>
+      <c r="B6" s="83" t="s">
+        <v>81</v>
+      </c>
+      <c r="C6" s="82" t="s">
+        <v>80</v>
+      </c>
+      <c r="D6" s="14">
+        <v>45051</v>
+      </c>
+      <c r="E6" s="10"/>
+      <c r="F6" s="12"/>
+      <c r="G6" s="75">
+        <v>45050</v>
+      </c>
+      <c r="H6" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="I6" s="72" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" s="79">
+        <v>45112</v>
+      </c>
+      <c r="K6" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="L6" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="M6" s="9">
+        <v>45143</v>
+      </c>
+      <c r="N6" s="10"/>
+      <c r="O6" s="11"/>
+      <c r="P6" s="79">
+        <v>45174</v>
+      </c>
+      <c r="Q6" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="R6" s="115" t="s">
+        <v>97</v>
+      </c>
+      <c r="S6" s="14">
+        <v>45204</v>
+      </c>
+      <c r="T6" s="10"/>
+      <c r="U6" s="12"/>
+    </row>
+    <row r="7" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="15">
+        <v>45022</v>
+      </c>
+      <c r="B7" s="10"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="14">
+        <v>45052</v>
+      </c>
+      <c r="E7" s="10"/>
+      <c r="F7" s="12"/>
+      <c r="G7" s="75">
+        <v>45050</v>
+      </c>
+      <c r="H7" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="I7" s="72" t="s">
+        <v>22</v>
+      </c>
+      <c r="J7" s="9">
+        <v>45113</v>
+      </c>
+      <c r="K7" s="10"/>
+      <c r="L7" s="12"/>
+      <c r="M7" s="9">
+        <v>45144</v>
+      </c>
+      <c r="N7" s="10"/>
+      <c r="O7" s="11"/>
+      <c r="P7" s="79">
+        <v>45175</v>
+      </c>
+      <c r="Q7" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="R7" s="115" t="s">
+        <v>97</v>
+      </c>
+      <c r="S7" s="14">
+        <v>45205</v>
+      </c>
+      <c r="T7" s="10"/>
+      <c r="U7" s="12"/>
+    </row>
+    <row r="8" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="15">
+        <v>45023</v>
+      </c>
+      <c r="B8" s="10"/>
+      <c r="C8" s="12"/>
+      <c r="D8" s="14">
+        <v>45053</v>
+      </c>
+      <c r="E8" s="10"/>
+      <c r="F8" s="12"/>
+      <c r="G8" s="99">
+        <v>45084</v>
+      </c>
+      <c r="H8" s="97" t="s">
+        <v>57</v>
+      </c>
+      <c r="I8" s="98" t="s">
         <v>3</v>
       </c>
-      <c r="G2" s="7" t="s">
+      <c r="J8" s="9">
+        <v>45113</v>
+      </c>
+      <c r="K8" s="10"/>
+      <c r="L8" s="12"/>
+      <c r="M8" s="9">
+        <v>45145</v>
+      </c>
+      <c r="N8" s="10"/>
+      <c r="O8" s="11"/>
+      <c r="P8" s="9">
+        <v>45176</v>
+      </c>
+      <c r="Q8" s="10"/>
+      <c r="R8" s="12"/>
+      <c r="S8" s="14">
+        <v>45206</v>
+      </c>
+      <c r="T8" s="10"/>
+      <c r="U8" s="12"/>
+    </row>
+    <row r="9" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="15">
+        <v>45023</v>
+      </c>
+      <c r="B9" s="10"/>
+      <c r="C9" s="12"/>
+      <c r="D9" s="85">
+        <v>45054</v>
+      </c>
+      <c r="E9" s="83" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" s="82" t="s">
+        <v>27</v>
+      </c>
+      <c r="G9" s="9">
+        <v>45085</v>
+      </c>
+      <c r="H9" s="10"/>
+      <c r="I9" s="12"/>
+      <c r="J9" s="9">
+        <v>45115</v>
+      </c>
+      <c r="K9" s="10"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="13">
+        <v>45146</v>
+      </c>
+      <c r="N9" s="44"/>
+      <c r="O9" s="49"/>
+      <c r="P9" s="9">
+        <v>45176</v>
+      </c>
+      <c r="Q9" s="10"/>
+      <c r="R9" s="19"/>
+      <c r="S9" s="14">
+        <v>45207</v>
+      </c>
+      <c r="T9" s="10"/>
+      <c r="U9" s="12"/>
+    </row>
+    <row r="10" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="9">
+        <v>45025</v>
+      </c>
+      <c r="B10" s="10"/>
+      <c r="C10" s="19"/>
+      <c r="D10" s="14">
+        <v>45055</v>
+      </c>
+      <c r="E10" s="66"/>
+      <c r="G10" s="9">
+        <v>45086</v>
+      </c>
+      <c r="H10" s="8"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="9">
+        <v>45116</v>
+      </c>
+      <c r="K10" s="10"/>
+      <c r="L10" s="12"/>
+      <c r="M10" s="13">
+        <v>45147</v>
+      </c>
+      <c r="N10" s="44"/>
+      <c r="O10" s="49"/>
+      <c r="P10" s="9">
+        <v>45178</v>
+      </c>
+      <c r="Q10" s="10"/>
+      <c r="R10" s="12"/>
+      <c r="S10" s="14">
+        <v>45208</v>
+      </c>
+      <c r="T10" s="10"/>
+      <c r="U10" s="12"/>
+    </row>
+    <row r="11" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="61">
+        <v>45027</v>
+      </c>
+      <c r="B11" s="83" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" s="87" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" s="80">
+        <v>45056</v>
+      </c>
+      <c r="E11" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="21" t="s">
+        <v>1</v>
+      </c>
+      <c r="G11" s="9">
+        <v>45086</v>
+      </c>
+      <c r="H11" s="10"/>
+      <c r="I11" s="12"/>
+      <c r="J11" s="9">
+        <v>45117</v>
+      </c>
+      <c r="K11" s="65"/>
+      <c r="L11" s="12"/>
+      <c r="M11" s="9">
+        <v>45148</v>
+      </c>
+      <c r="N11" s="10"/>
+      <c r="O11" s="11"/>
+      <c r="P11" s="9">
+        <v>45179</v>
+      </c>
+      <c r="Q11" s="10"/>
+      <c r="R11" s="19"/>
+      <c r="S11" s="14">
+        <v>45209</v>
+      </c>
+      <c r="T11" s="10"/>
+      <c r="U11" s="12"/>
+    </row>
+    <row r="12" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="61">
+        <v>45027</v>
+      </c>
+      <c r="B12" s="81" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" s="82" t="s">
+        <v>49</v>
+      </c>
+      <c r="D12" s="14">
+        <v>45057</v>
+      </c>
+      <c r="E12" s="11"/>
+      <c r="F12" s="12"/>
+      <c r="G12" s="9">
+        <v>45088</v>
+      </c>
+      <c r="H12" s="10"/>
+      <c r="I12" s="12"/>
+      <c r="J12" s="61">
+        <v>45118</v>
+      </c>
+      <c r="K12" s="106" t="s">
+        <v>87</v>
+      </c>
+      <c r="L12" s="82" t="s">
+        <v>27</v>
+      </c>
+      <c r="M12" s="9">
+        <v>45149</v>
+      </c>
+      <c r="N12" s="10"/>
+      <c r="O12" s="11"/>
+      <c r="P12" s="79">
+        <v>45180</v>
+      </c>
+      <c r="Q12" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="R12" s="33" t="s">
+        <v>99</v>
+      </c>
+      <c r="S12" s="22">
+        <v>45210</v>
+      </c>
+      <c r="T12" s="10"/>
+      <c r="U12" s="12"/>
+      <c r="AI12" s="113"/>
+    </row>
+    <row r="13" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="13">
+        <v>45028</v>
+      </c>
+      <c r="B13" s="44"/>
+      <c r="C13" s="45"/>
+      <c r="D13" s="14">
+        <v>45058</v>
+      </c>
+      <c r="E13" s="10"/>
+      <c r="F13" s="12"/>
+      <c r="G13" s="9">
+        <v>45089</v>
+      </c>
+      <c r="H13" s="10"/>
+      <c r="I13" s="12"/>
+      <c r="J13" s="61">
+        <v>45119</v>
+      </c>
+      <c r="K13" s="101" t="s">
+        <v>88</v>
+      </c>
+      <c r="L13" s="82" t="s">
+        <v>27</v>
+      </c>
+      <c r="M13" s="9">
+        <v>45150</v>
+      </c>
+      <c r="N13" s="10"/>
+      <c r="O13" s="11"/>
+      <c r="P13" s="79">
+        <v>45181</v>
+      </c>
+      <c r="Q13" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="R13" s="33" t="s">
+        <v>99</v>
+      </c>
+      <c r="S13" s="14">
+        <v>45211</v>
+      </c>
+      <c r="T13" s="10"/>
+      <c r="U13" s="12"/>
+    </row>
+    <row r="14" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="9">
+        <v>45029</v>
+      </c>
+      <c r="B14" s="10"/>
+      <c r="C14" s="12"/>
+      <c r="D14" s="14">
+        <v>45059</v>
+      </c>
+      <c r="E14" s="10"/>
+      <c r="F14" s="12"/>
+      <c r="G14" s="13">
+        <v>45090</v>
+      </c>
+      <c r="H14" s="44"/>
+      <c r="I14" s="45"/>
+      <c r="J14" s="61">
+        <v>45119</v>
+      </c>
+      <c r="K14" s="71" t="s">
+        <v>28</v>
+      </c>
+      <c r="L14" s="63" t="s">
+        <v>64</v>
+      </c>
+      <c r="M14" s="9">
+        <v>45151</v>
+      </c>
+      <c r="N14" s="10"/>
+      <c r="O14" s="11"/>
+      <c r="P14" s="79">
+        <v>45182</v>
+      </c>
+      <c r="Q14" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="R14" s="33" t="s">
+        <v>99</v>
+      </c>
+      <c r="S14" s="14">
+        <v>45212</v>
+      </c>
+      <c r="T14" s="10"/>
+      <c r="U14" s="12"/>
+    </row>
+    <row r="15" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="9">
+        <v>45030</v>
+      </c>
+      <c r="B15" s="10"/>
+      <c r="C15" s="12"/>
+      <c r="D15" s="14">
+        <v>45060</v>
+      </c>
+      <c r="E15" s="10"/>
+      <c r="F15" s="12"/>
+      <c r="G15" s="79">
+        <v>45091</v>
+      </c>
+      <c r="H15" s="109" t="s">
+        <v>62</v>
+      </c>
+      <c r="I15" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="J15" s="13">
+        <v>45121</v>
+      </c>
+      <c r="K15" s="102"/>
+      <c r="L15" s="103"/>
+      <c r="M15" s="9">
+        <v>45152</v>
+      </c>
+      <c r="N15" s="10"/>
+      <c r="O15" s="11"/>
+      <c r="P15" s="9">
+        <v>45183</v>
+      </c>
+      <c r="Q15" s="10"/>
+      <c r="R15" s="12"/>
+      <c r="S15" s="14">
+        <v>45213</v>
+      </c>
+      <c r="T15" s="34"/>
+      <c r="U15" s="12"/>
+    </row>
+    <row r="16" spans="1:35" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="9">
+        <v>45031</v>
+      </c>
+      <c r="B16" s="10"/>
+      <c r="C16" s="12"/>
+      <c r="D16" s="14">
+        <v>45061</v>
+      </c>
+      <c r="E16" s="34"/>
+      <c r="F16" s="19"/>
+      <c r="G16" s="9">
+        <v>45092</v>
+      </c>
+      <c r="H16" s="34"/>
+      <c r="I16" s="12"/>
+      <c r="J16" s="9">
+        <v>45122</v>
+      </c>
+      <c r="K16" s="10"/>
+      <c r="L16" s="19"/>
+      <c r="M16" s="61">
+        <v>45153</v>
+      </c>
+      <c r="N16" s="83" t="s">
+        <v>88</v>
+      </c>
+      <c r="O16" s="82" t="s">
+        <v>27</v>
+      </c>
+      <c r="P16" s="9">
+        <v>45184</v>
+      </c>
+      <c r="Q16" s="10"/>
+      <c r="R16" s="12"/>
+      <c r="S16" s="14">
+        <v>45214</v>
+      </c>
+      <c r="T16" s="10"/>
+      <c r="U16" s="12"/>
+    </row>
+    <row r="17" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="9">
+        <v>45032</v>
+      </c>
+      <c r="B17" s="10"/>
+      <c r="C17" s="19"/>
+      <c r="D17" s="22">
+        <v>45062</v>
+      </c>
+      <c r="E17" s="44"/>
+      <c r="F17" s="45"/>
+      <c r="G17" s="9">
+        <v>45093</v>
+      </c>
+      <c r="H17" s="10"/>
+      <c r="I17" s="12"/>
+      <c r="J17" s="9">
+        <v>45123</v>
+      </c>
+      <c r="K17" s="10"/>
+      <c r="L17" s="12"/>
+      <c r="M17" s="13">
+        <v>45154</v>
+      </c>
+      <c r="N17" s="44"/>
+      <c r="O17" s="49"/>
+      <c r="P17" s="76">
+        <v>45185</v>
+      </c>
+      <c r="Q17" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="R17" s="72" t="s">
+        <v>100</v>
+      </c>
+      <c r="S17" s="14">
+        <v>45215</v>
+      </c>
+      <c r="T17" s="10"/>
+      <c r="U17" s="12"/>
+    </row>
+    <row r="18" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="9">
+        <v>45033</v>
+      </c>
+      <c r="B18" s="10"/>
+      <c r="C18" s="19"/>
+      <c r="D18" s="80">
+        <v>45063</v>
+      </c>
+      <c r="E18" s="111" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" s="98">
+        <v>44</v>
+      </c>
+      <c r="G18" s="9">
+        <v>45094</v>
+      </c>
+      <c r="H18" s="10"/>
+      <c r="I18" s="12"/>
+      <c r="J18" s="79">
+        <v>45124</v>
+      </c>
+      <c r="K18" s="114" t="s">
+        <v>95</v>
+      </c>
+      <c r="L18" s="33" t="s">
+        <v>96</v>
+      </c>
+      <c r="M18" s="9">
+        <v>45155</v>
+      </c>
+      <c r="N18" s="10"/>
+      <c r="O18" s="11"/>
+      <c r="P18" s="9">
+        <v>45186</v>
+      </c>
+      <c r="Q18" s="10"/>
+      <c r="R18" s="12"/>
+      <c r="S18" s="14">
+        <v>45216</v>
+      </c>
+      <c r="T18" s="10"/>
+      <c r="U18" s="12"/>
+    </row>
+    <row r="19" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="13">
+        <v>45034</v>
+      </c>
+      <c r="B19" s="44"/>
+      <c r="C19" s="45"/>
+      <c r="D19" s="14">
+        <v>45064</v>
+      </c>
+      <c r="E19" s="65"/>
+      <c r="F19" s="12"/>
+      <c r="G19" s="9">
+        <v>45095</v>
+      </c>
+      <c r="H19" s="10"/>
+      <c r="I19" s="19"/>
+      <c r="J19" s="79">
+        <v>45125</v>
+      </c>
+      <c r="K19" s="114" t="s">
+        <v>95</v>
+      </c>
+      <c r="L19" s="33" t="s">
+        <v>96</v>
+      </c>
+      <c r="M19" s="9">
+        <v>45156</v>
+      </c>
+      <c r="N19" s="10"/>
+      <c r="O19" s="11"/>
+      <c r="P19" s="9">
+        <v>45187</v>
+      </c>
+      <c r="Q19" s="10"/>
+      <c r="R19" s="19"/>
+    </row>
+    <row r="20" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="79">
+        <v>45035</v>
+      </c>
+      <c r="B20" s="110" t="s">
+        <v>50</v>
+      </c>
+      <c r="C20" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="D20" s="14">
+        <v>45065</v>
+      </c>
+      <c r="E20" s="65"/>
+      <c r="F20" s="12"/>
+      <c r="G20" s="9">
+        <v>45096</v>
+      </c>
+      <c r="H20" s="10"/>
+      <c r="I20" s="19"/>
+      <c r="J20" s="79">
+        <v>45126</v>
+      </c>
+      <c r="K20" s="114" t="s">
+        <v>95</v>
+      </c>
+      <c r="L20" s="33" t="s">
+        <v>96</v>
+      </c>
+      <c r="M20" s="9">
+        <v>45157</v>
+      </c>
+      <c r="N20" s="10"/>
+      <c r="O20" s="11"/>
+      <c r="P20" s="13">
+        <v>45188</v>
+      </c>
+      <c r="Q20" s="44"/>
+      <c r="R20" s="45"/>
+      <c r="S20" s="14">
+        <v>45218</v>
+      </c>
+      <c r="T20" s="10"/>
+      <c r="U20" s="12"/>
+    </row>
+    <row r="21" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="9">
+        <v>45036</v>
+      </c>
+      <c r="B21" s="11"/>
+      <c r="C21" s="19"/>
+      <c r="D21" s="14">
+        <v>45066</v>
+      </c>
+      <c r="E21" s="10"/>
+      <c r="F21" s="12"/>
+      <c r="G21" s="9">
+        <v>45097</v>
+      </c>
+      <c r="H21" s="112"/>
+      <c r="I21" s="67"/>
+      <c r="J21" s="9">
+        <v>45127</v>
+      </c>
+      <c r="K21" s="65"/>
+      <c r="L21" s="12"/>
+      <c r="M21" s="9">
+        <v>45158</v>
+      </c>
+      <c r="N21" s="10"/>
+      <c r="O21" s="11"/>
+      <c r="P21" s="61">
+        <v>45189</v>
+      </c>
+      <c r="Q21" s="83" t="s">
+        <v>73</v>
+      </c>
+      <c r="R21" s="82" t="s">
+        <v>20</v>
+      </c>
+      <c r="S21" s="14">
+        <v>45219</v>
+      </c>
+      <c r="T21" s="10"/>
+      <c r="U21" s="12"/>
+    </row>
+    <row r="22" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="9">
+        <v>45037</v>
+      </c>
+      <c r="B22" s="10"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="14">
+        <v>45067</v>
+      </c>
+      <c r="E22" s="10"/>
+      <c r="F22" s="12"/>
+      <c r="G22" s="99">
+        <v>45098</v>
+      </c>
+      <c r="H22" s="97" t="s">
+        <v>58</v>
+      </c>
+      <c r="I22" s="98" t="s">
+        <v>92</v>
+      </c>
+      <c r="J22" s="9">
+        <v>45128</v>
+      </c>
+      <c r="K22" s="10"/>
+      <c r="L22" s="12"/>
+      <c r="M22" s="9">
+        <v>45159</v>
+      </c>
+      <c r="N22" s="10"/>
+      <c r="O22" s="11"/>
+      <c r="P22" s="9">
+        <v>45190</v>
+      </c>
+      <c r="Q22" s="10"/>
+      <c r="R22" s="12"/>
+      <c r="S22" s="14">
+        <v>45220</v>
+      </c>
+      <c r="T22" s="10"/>
+      <c r="U22" s="12"/>
+    </row>
+    <row r="23" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="9">
+        <v>45038</v>
+      </c>
+      <c r="B23" s="10"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="14">
+        <v>45068</v>
+      </c>
+      <c r="E23" s="34"/>
+      <c r="F23" s="19"/>
+      <c r="G23" s="99">
+        <v>45098</v>
+      </c>
+      <c r="H23" s="97" t="s">
+        <v>59</v>
+      </c>
+      <c r="I23" s="98" t="s">
+        <v>33</v>
+      </c>
+      <c r="J23" s="9">
+        <v>45129</v>
+      </c>
+      <c r="K23" s="10"/>
+      <c r="L23" s="12"/>
+      <c r="M23" s="13">
+        <v>45160</v>
+      </c>
+      <c r="N23" s="44"/>
+      <c r="O23" s="49"/>
+      <c r="P23" s="9">
+        <v>45191</v>
+      </c>
+      <c r="Q23" s="10"/>
+      <c r="R23" s="12"/>
+      <c r="S23" s="14">
+        <v>45221</v>
+      </c>
+      <c r="T23" s="10"/>
+      <c r="U23" s="12"/>
+    </row>
+    <row r="24" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="79">
+        <v>45039</v>
+      </c>
+      <c r="B24" s="28" t="s">
+        <v>82</v>
+      </c>
+      <c r="C24" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="22">
+        <v>45069</v>
+      </c>
+      <c r="E24" s="44"/>
+      <c r="F24" s="45"/>
+      <c r="G24" s="79">
+        <v>45098</v>
+      </c>
+      <c r="H24" s="28" t="s">
+        <v>93</v>
+      </c>
+      <c r="I24" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="J24" s="9">
+        <v>45130</v>
+      </c>
+      <c r="K24" s="10"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="13">
+        <v>45161</v>
+      </c>
+      <c r="N24" s="44"/>
+      <c r="O24" s="49"/>
+      <c r="P24" s="9">
+        <v>45192</v>
+      </c>
+      <c r="Q24" s="10"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="14">
+        <v>45222</v>
+      </c>
+      <c r="T24" s="10"/>
+      <c r="U24" s="12"/>
+    </row>
+    <row r="25" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="9">
+        <v>45040</v>
+      </c>
+      <c r="B25" s="10"/>
+      <c r="C25" s="12"/>
+      <c r="D25" s="86">
+        <v>45070</v>
+      </c>
+      <c r="E25" s="83" t="s">
+        <v>74</v>
+      </c>
+      <c r="F25" s="82" t="s">
+        <v>4</v>
+      </c>
+      <c r="G25" s="76">
+        <v>45101</v>
+      </c>
+      <c r="H25" s="77" t="s">
+        <v>72</v>
+      </c>
+      <c r="I25" s="78" t="s">
+        <v>8</v>
+      </c>
+      <c r="J25" s="9">
+        <v>45131</v>
+      </c>
+      <c r="K25" s="10"/>
+      <c r="L25" s="12"/>
+      <c r="M25" s="9">
+        <v>45162</v>
+      </c>
+      <c r="N25" s="10"/>
+      <c r="O25" s="11"/>
+      <c r="P25" s="9">
+        <v>45193</v>
+      </c>
+      <c r="Q25" s="10"/>
+      <c r="R25" s="12"/>
+      <c r="S25" s="14">
+        <v>45223</v>
+      </c>
+      <c r="T25" s="10"/>
+      <c r="U25" s="12"/>
+    </row>
+    <row r="26" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="61">
+        <v>45041</v>
+      </c>
+      <c r="B26" s="83" t="s">
+        <v>51</v>
+      </c>
+      <c r="C26" s="82" t="s">
+        <v>3</v>
+      </c>
+      <c r="D26" s="14">
+        <v>45071</v>
+      </c>
+      <c r="E26" s="10"/>
+      <c r="F26" s="12"/>
+      <c r="G26" s="9">
+        <v>45102</v>
+      </c>
+      <c r="H26" s="10"/>
+      <c r="I26" s="12"/>
+      <c r="J26" s="13">
+        <v>45132</v>
+      </c>
+      <c r="K26" s="44"/>
+      <c r="L26" s="45"/>
+      <c r="M26" s="9">
+        <v>45163</v>
+      </c>
+      <c r="N26" s="10"/>
+      <c r="O26" s="11"/>
+      <c r="P26" s="9">
+        <v>45194</v>
+      </c>
+      <c r="Q26" s="10"/>
+      <c r="R26" s="12"/>
+      <c r="S26" s="22">
+        <v>45224</v>
+      </c>
+      <c r="T26" s="10"/>
+      <c r="U26" s="12"/>
+    </row>
+    <row r="27" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="13">
+        <v>45042</v>
+      </c>
+      <c r="B27" s="44"/>
+      <c r="C27" s="45"/>
+      <c r="D27" s="14">
+        <v>45071</v>
+      </c>
+      <c r="E27" s="10"/>
+      <c r="F27" s="12"/>
+      <c r="G27" s="9">
+        <v>45103</v>
+      </c>
+      <c r="H27" s="10"/>
+      <c r="I27" s="12"/>
+      <c r="J27" s="61">
+        <v>45133</v>
+      </c>
+      <c r="K27" s="83" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="82" t="s">
+        <v>22</v>
+      </c>
+      <c r="M27" s="9">
+        <v>45163</v>
+      </c>
+      <c r="N27" s="10"/>
+      <c r="O27" s="11"/>
+      <c r="P27" s="9">
+        <v>45195</v>
+      </c>
+      <c r="Q27" s="10"/>
+      <c r="R27" s="12"/>
+      <c r="S27" s="14">
+        <v>45225</v>
+      </c>
+      <c r="T27" s="10"/>
+      <c r="U27" s="12"/>
+    </row>
+    <row r="28" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="9">
+        <v>45043</v>
+      </c>
+      <c r="B28" s="34"/>
+      <c r="C28" s="12"/>
+      <c r="D28" s="14">
+        <v>45073</v>
+      </c>
+      <c r="E28" s="10"/>
+      <c r="F28" s="12"/>
+      <c r="G28" s="61">
+        <v>45104</v>
+      </c>
+      <c r="H28" s="104" t="s">
+        <v>85</v>
+      </c>
+      <c r="I28" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="J28" s="9">
+        <v>45134</v>
+      </c>
+      <c r="K28" s="10"/>
+      <c r="L28" s="12"/>
+      <c r="M28" s="9">
+        <v>45165</v>
+      </c>
+      <c r="N28" s="10"/>
+      <c r="O28" s="11"/>
+      <c r="P28" s="9">
+        <v>45196</v>
+      </c>
+      <c r="Q28" s="66"/>
+      <c r="R28" s="67"/>
+      <c r="S28" s="14">
+        <v>45226</v>
+      </c>
+      <c r="T28" s="10"/>
+      <c r="U28" s="12"/>
+    </row>
+    <row r="29" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="9">
+        <v>45044</v>
+      </c>
+      <c r="B29" s="10"/>
+      <c r="C29" s="12"/>
+      <c r="D29" s="100">
+        <v>45074</v>
+      </c>
+      <c r="E29" s="97" t="s">
+        <v>54</v>
+      </c>
+      <c r="F29" s="116" t="s">
+        <v>90</v>
+      </c>
+      <c r="G29" s="61">
+        <v>45105</v>
+      </c>
+      <c r="H29" s="83" t="s">
+        <v>74</v>
+      </c>
+      <c r="I29" s="82" t="s">
+        <v>7</v>
+      </c>
+      <c r="J29" s="9">
+        <v>45135</v>
+      </c>
+      <c r="K29" s="10"/>
+      <c r="L29" s="12"/>
+      <c r="M29" s="9">
+        <v>45166</v>
+      </c>
+      <c r="N29" s="10"/>
+      <c r="O29" s="11"/>
+      <c r="P29" s="9">
+        <v>45197</v>
+      </c>
+      <c r="Q29" s="66"/>
+      <c r="R29" s="67"/>
+      <c r="S29" s="14">
+        <v>45227</v>
+      </c>
+      <c r="T29" s="10"/>
+      <c r="U29" s="12"/>
+    </row>
+    <row r="30" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="9">
+        <v>45045</v>
+      </c>
+      <c r="B30" s="10"/>
+      <c r="C30" s="12"/>
+      <c r="D30" s="100">
+        <v>45074</v>
+      </c>
+      <c r="E30" s="97" t="s">
+        <v>55</v>
+      </c>
+      <c r="F30" s="116" t="s">
+        <v>33</v>
+      </c>
+      <c r="G30" s="9">
+        <v>45106</v>
+      </c>
+      <c r="H30" s="10"/>
+      <c r="I30" s="12"/>
+      <c r="J30" s="9">
+        <v>45136</v>
+      </c>
+      <c r="K30" s="10"/>
+      <c r="L30" s="12"/>
+      <c r="M30" s="79">
+        <v>45167</v>
+      </c>
+      <c r="N30" s="28" t="s">
         <v>23</v>
       </c>
-      <c r="H2" s="55">
-[...115 lines deleted...]
-      <c r="AF3" s="18" t="s">
+      <c r="O30" s="27" t="s">
         <v>33</v>
       </c>
-      <c r="AG3" s="61">
-[...98 lines deleted...]
-      <c r="E5" s="61">
+      <c r="P30" s="84">
         <v>45203</v>
       </c>
-      <c r="F5" s="11"/>
-[...258 lines deleted...]
-      <c r="Y8" s="13" t="s">
+      <c r="Q30" s="83" t="s">
+        <v>2</v>
+      </c>
+      <c r="R30" s="82" t="s">
+        <v>3</v>
+      </c>
+      <c r="S30" s="14">
+        <v>45228</v>
+      </c>
+      <c r="T30" s="10"/>
+      <c r="U30" s="12"/>
+    </row>
+    <row r="31" spans="1:21" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="76">
+        <v>45046</v>
+      </c>
+      <c r="B31" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="C31" s="72" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="14">
+        <v>45076</v>
+      </c>
+      <c r="E31" s="10"/>
+      <c r="F31" s="12"/>
+      <c r="G31" s="9">
+        <v>45107</v>
+      </c>
+      <c r="H31" s="10"/>
+      <c r="I31" s="12"/>
+      <c r="J31" s="9">
+        <v>45137</v>
+      </c>
+      <c r="K31" s="10"/>
+      <c r="L31" s="12"/>
+      <c r="M31" s="79">
+        <v>45168</v>
+      </c>
+      <c r="N31" s="28" t="s">
+        <v>23</v>
+      </c>
+      <c r="O31" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="P31" s="84">
+        <v>45217</v>
+      </c>
+      <c r="Q31" s="83" t="s">
+        <v>19</v>
+      </c>
+      <c r="R31" s="82" t="s">
         <v>20</v>
       </c>
-      <c r="Z8" s="24" t="s">
-[...1733 lines deleted...]
-      <c r="E31" s="61">
+      <c r="S31" s="14">
         <v>45229</v>
       </c>
-      <c r="F31" s="11"/>
-[...67 lines deleted...]
-      <c r="E32" s="79">
+      <c r="T31" s="10"/>
+      <c r="U31" s="12"/>
+    </row>
+    <row r="32" spans="1:21" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="68"/>
+      <c r="B32" s="40"/>
+      <c r="C32" s="42"/>
+      <c r="D32" s="69">
+        <v>45077</v>
+      </c>
+      <c r="E32" s="59"/>
+      <c r="F32" s="60"/>
+      <c r="G32" s="68"/>
+      <c r="H32" s="40"/>
+      <c r="I32" s="42"/>
+      <c r="J32" s="39">
+        <v>45138</v>
+      </c>
+      <c r="K32" s="40"/>
+      <c r="L32" s="42"/>
+      <c r="M32" s="39">
+        <v>45169</v>
+      </c>
+      <c r="N32" s="70"/>
+      <c r="O32" s="41"/>
+      <c r="P32" s="39"/>
+      <c r="Q32" s="40"/>
+      <c r="R32" s="42"/>
+      <c r="S32" s="43">
         <v>45230</v>
       </c>
-      <c r="F32" s="36"/>
-[...2376 lines deleted...]
-      <c r="AO65" s="37"/>
+      <c r="T32" s="40"/>
+      <c r="U32" s="42"/>
     </row>
   </sheetData>
-  <phoneticPr fontId="8" type="noConversion"/>
+  <phoneticPr fontId="1" type="noConversion"/>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
-  <pageMargins left="0" right="0" top="0.35433070866141736" bottom="0" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="60" fitToHeight="2" orientation="landscape" r:id="rId1"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="40" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8223B0A-8678-4635-B0A6-300726A3D706}">
-  <dimension ref="A1:AD45"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E99C5B8-5F55-46D8-81E8-AA8E60A063EC}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A1:AS32"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="N14" sqref="N14"/>
+    <sheetView topLeftCell="H1" zoomScale="44" zoomScaleNormal="44" workbookViewId="0">
+      <selection activeCell="AN23" sqref="AN23"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.7109375" defaultRowHeight="35.25" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="3" width="11.42578125" style="125"/>
-[...5 lines deleted...]
-    <col min="13" max="16384" width="11.42578125" style="125"/>
+    <col min="1" max="1" width="1.7109375" style="1" hidden="1" customWidth="1"/>
+    <col min="2" max="7" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
+    <col min="9" max="10" width="23.140625" style="1" customWidth="1"/>
+    <col min="11" max="11" width="12.85546875" style="1" customWidth="1"/>
+    <col min="12" max="13" width="23.140625" style="1" customWidth="1"/>
+    <col min="14" max="14" width="13.140625" style="1" customWidth="1"/>
+    <col min="15" max="16" width="23.140625" style="1" customWidth="1"/>
+    <col min="17" max="17" width="13" style="1" customWidth="1"/>
+    <col min="18" max="19" width="23.140625" style="1" customWidth="1"/>
+    <col min="20" max="20" width="14.28515625" style="1" customWidth="1"/>
+    <col min="21" max="22" width="23.140625" style="1" customWidth="1"/>
+    <col min="23" max="16384" width="11.7109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:30" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-        <f>D22+H22+L22</f>
+    <row r="1" spans="2:45" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="I1" s="64" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="2" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="2">
+        <v>45170</v>
+      </c>
+      <c r="C2" s="3"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="2">
+        <v>45200</v>
+      </c>
+      <c r="F2" s="3"/>
+      <c r="G2" s="5"/>
+      <c r="H2" s="7">
+        <v>45231</v>
+      </c>
+      <c r="I2" s="46"/>
+      <c r="J2" s="47"/>
+      <c r="K2" s="6">
+        <v>45261</v>
+      </c>
+      <c r="L2" s="3"/>
+      <c r="M2" s="5"/>
+      <c r="N2" s="7">
+        <v>44927</v>
+      </c>
+      <c r="O2" s="46"/>
+      <c r="P2" s="47"/>
+      <c r="Q2" s="7">
+        <v>44958</v>
+      </c>
+      <c r="R2" s="46"/>
+      <c r="S2" s="47"/>
+      <c r="T2" s="107">
+        <v>44986</v>
+      </c>
+      <c r="U2" s="83" t="s">
+        <v>89</v>
+      </c>
+      <c r="V2" s="108" t="s">
+        <v>14</v>
+      </c>
+      <c r="W2" s="8"/>
+      <c r="X2" s="8"/>
+      <c r="Y2" s="8"/>
+      <c r="Z2" s="8"/>
+      <c r="AA2" s="8"/>
+      <c r="AB2" s="8"/>
+      <c r="AC2" s="8"/>
+      <c r="AD2" s="8"/>
+      <c r="AE2" s="8"/>
+      <c r="AF2" s="8"/>
+      <c r="AG2" s="8"/>
+      <c r="AH2" s="8"/>
+      <c r="AI2" s="8"/>
+      <c r="AJ2" s="8"/>
+      <c r="AK2" s="8"/>
+      <c r="AL2" s="8"/>
+      <c r="AM2" s="8"/>
+      <c r="AN2" s="8"/>
+      <c r="AO2" s="8"/>
+      <c r="AP2" s="8"/>
+      <c r="AQ2" s="8"/>
+      <c r="AR2" s="8"/>
+      <c r="AS2" s="8"/>
+    </row>
+    <row r="3" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="9">
+        <v>45171</v>
+      </c>
+      <c r="C3" s="10"/>
+      <c r="D3" s="11"/>
+      <c r="E3" s="9">
+        <v>45201</v>
+      </c>
+      <c r="F3" s="10"/>
+      <c r="G3" s="12"/>
+      <c r="H3" s="13">
+        <v>45232</v>
+      </c>
+      <c r="I3" s="44"/>
+      <c r="J3" s="45"/>
+      <c r="K3" s="14">
+        <v>45262</v>
+      </c>
+      <c r="L3" s="10"/>
+      <c r="M3" s="12"/>
+      <c r="N3" s="9">
+        <v>44928</v>
+      </c>
+      <c r="O3" s="10"/>
+      <c r="P3" s="12"/>
+      <c r="Q3" s="9">
+        <v>44959</v>
+      </c>
+      <c r="R3" s="10"/>
+      <c r="S3" s="12"/>
+      <c r="T3" s="54">
+        <v>44987</v>
+      </c>
+      <c r="U3" s="11"/>
+      <c r="V3" s="12"/>
+      <c r="W3" s="8"/>
+      <c r="X3" s="8"/>
+      <c r="Y3" s="8"/>
+      <c r="Z3" s="8"/>
+      <c r="AA3" s="8"/>
+      <c r="AB3" s="8"/>
+      <c r="AC3" s="8"/>
+      <c r="AD3" s="8"/>
+      <c r="AE3" s="8"/>
+      <c r="AF3" s="8"/>
+      <c r="AG3" s="8"/>
+      <c r="AH3" s="8"/>
+      <c r="AI3" s="8"/>
+      <c r="AJ3" s="8"/>
+      <c r="AK3" s="8"/>
+      <c r="AL3" s="8"/>
+      <c r="AM3" s="8"/>
+      <c r="AN3" s="8"/>
+      <c r="AO3" s="8"/>
+      <c r="AP3" s="8"/>
+      <c r="AQ3" s="8"/>
+      <c r="AR3" s="8"/>
+      <c r="AS3" s="8"/>
+    </row>
+    <row r="4" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="9">
+        <v>45172</v>
+      </c>
+      <c r="C4" s="10"/>
+      <c r="D4" s="11"/>
+      <c r="E4" s="9">
+        <v>45202</v>
+      </c>
+      <c r="F4" s="10"/>
+      <c r="G4" s="12"/>
+      <c r="H4" s="9">
+        <v>45233</v>
+      </c>
+      <c r="I4" s="10"/>
+      <c r="J4" s="12"/>
+      <c r="K4" s="14">
+        <v>45263</v>
+      </c>
+      <c r="L4" s="10"/>
+      <c r="M4" s="12"/>
+      <c r="N4" s="13">
+        <v>44929</v>
+      </c>
+      <c r="O4" s="44"/>
+      <c r="P4" s="45"/>
+      <c r="Q4" s="9">
+        <v>44960</v>
+      </c>
+      <c r="R4" s="10"/>
+      <c r="S4" s="12"/>
+      <c r="T4" s="54">
+        <v>44987</v>
+      </c>
+      <c r="U4" s="11"/>
+      <c r="V4" s="12"/>
+      <c r="W4" s="8"/>
+      <c r="X4" s="8"/>
+      <c r="Y4" s="8"/>
+      <c r="Z4" s="8"/>
+      <c r="AA4" s="8"/>
+      <c r="AB4" s="8"/>
+      <c r="AC4" s="8"/>
+      <c r="AD4" s="8"/>
+      <c r="AE4" s="8"/>
+      <c r="AF4" s="8"/>
+      <c r="AG4" s="8"/>
+      <c r="AH4" s="8"/>
+      <c r="AI4" s="8"/>
+      <c r="AJ4" s="8"/>
+      <c r="AK4" s="8"/>
+      <c r="AL4" s="8"/>
+      <c r="AM4" s="8"/>
+      <c r="AN4" s="8"/>
+      <c r="AO4" s="8"/>
+      <c r="AP4" s="8"/>
+      <c r="AQ4" s="8"/>
+      <c r="AR4" s="8"/>
+      <c r="AS4" s="8"/>
+    </row>
+    <row r="5" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="9">
+        <v>45173</v>
+      </c>
+      <c r="C5" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="D5" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" s="9">
+        <v>45203</v>
+      </c>
+      <c r="F5" s="10"/>
+      <c r="G5" s="12"/>
+      <c r="H5" s="9">
+        <v>45234</v>
+      </c>
+      <c r="I5" s="10"/>
+      <c r="J5" s="12"/>
+      <c r="K5" s="14">
+        <v>45264</v>
+      </c>
+      <c r="L5" s="10"/>
+      <c r="M5" s="12"/>
+      <c r="N5" s="13">
+        <v>44930</v>
+      </c>
+      <c r="O5" s="44"/>
+      <c r="P5" s="45"/>
+      <c r="Q5" s="9">
+        <v>44961</v>
+      </c>
+      <c r="R5" s="10"/>
+      <c r="S5" s="12"/>
+      <c r="T5" s="54">
+        <v>44989</v>
+      </c>
+      <c r="U5" s="11"/>
+      <c r="V5" s="12"/>
+      <c r="W5" s="8"/>
+      <c r="X5" s="8"/>
+      <c r="Y5" s="8"/>
+      <c r="Z5" s="8"/>
+      <c r="AA5" s="8"/>
+      <c r="AB5" s="8"/>
+      <c r="AC5" s="8"/>
+      <c r="AD5" s="8"/>
+      <c r="AE5" s="8"/>
+      <c r="AF5" s="8"/>
+      <c r="AG5" s="8"/>
+      <c r="AH5" s="8"/>
+      <c r="AI5" s="8"/>
+      <c r="AJ5" s="8"/>
+      <c r="AK5" s="8"/>
+      <c r="AL5" s="8"/>
+      <c r="AM5" s="8"/>
+      <c r="AN5" s="8"/>
+      <c r="AO5" s="8"/>
+      <c r="AP5" s="8"/>
+      <c r="AQ5" s="8"/>
+      <c r="AR5" s="8"/>
+      <c r="AS5" s="8"/>
+    </row>
+    <row r="6" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="9">
+        <v>45174</v>
+      </c>
+      <c r="C6" s="10"/>
+      <c r="D6" s="11"/>
+      <c r="E6" s="13">
+        <v>45204</v>
+      </c>
+      <c r="F6" s="16" t="s">
+        <v>2</v>
+      </c>
+      <c r="G6" s="18" t="s">
+        <v>3</v>
+      </c>
+      <c r="H6" s="9">
+        <v>45235</v>
+      </c>
+      <c r="I6" s="10"/>
+      <c r="J6" s="12"/>
+      <c r="K6" s="14">
+        <v>45265</v>
+      </c>
+      <c r="L6" s="10"/>
+      <c r="M6" s="19"/>
+      <c r="N6" s="9">
+        <v>44931</v>
+      </c>
+      <c r="O6" s="10"/>
+      <c r="P6" s="12"/>
+      <c r="Q6" s="9">
+        <v>44962</v>
+      </c>
+      <c r="R6" s="10"/>
+      <c r="S6" s="12"/>
+      <c r="T6" s="54">
+        <v>44990</v>
+      </c>
+      <c r="U6" s="11"/>
+      <c r="V6" s="12"/>
+      <c r="W6" s="8"/>
+      <c r="X6" s="8"/>
+      <c r="Y6" s="8"/>
+      <c r="Z6" s="8"/>
+      <c r="AA6" s="8"/>
+      <c r="AB6" s="8"/>
+      <c r="AC6" s="8"/>
+      <c r="AD6" s="8"/>
+      <c r="AE6" s="8"/>
+      <c r="AF6" s="8"/>
+      <c r="AG6" s="8"/>
+      <c r="AH6" s="8"/>
+      <c r="AI6" s="8"/>
+      <c r="AJ6" s="8"/>
+      <c r="AK6" s="8"/>
+      <c r="AL6" s="8"/>
+      <c r="AM6" s="8"/>
+      <c r="AN6" s="8"/>
+      <c r="AO6" s="8"/>
+      <c r="AP6" s="8"/>
+      <c r="AQ6" s="8"/>
+      <c r="AR6" s="8"/>
+      <c r="AS6" s="8"/>
+    </row>
+    <row r="7" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="9">
+        <v>45175</v>
+      </c>
+      <c r="C7" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="21"/>
+      <c r="E7" s="9">
+        <v>45205</v>
+      </c>
+      <c r="F7" s="10"/>
+      <c r="G7" s="12"/>
+      <c r="H7" s="9">
+        <v>45236</v>
+      </c>
+      <c r="I7" s="10"/>
+      <c r="J7" s="12"/>
+      <c r="K7" s="86">
+        <v>45266</v>
+      </c>
+      <c r="L7" s="101" t="s">
+        <v>84</v>
+      </c>
+      <c r="M7" s="82"/>
+      <c r="N7" s="9">
+        <v>44932</v>
+      </c>
+      <c r="O7" s="10"/>
+      <c r="P7" s="12"/>
+      <c r="Q7" s="9">
+        <v>44963</v>
+      </c>
+      <c r="R7" s="10"/>
+      <c r="S7" s="12"/>
+      <c r="T7" s="54">
+        <v>44991</v>
+      </c>
+      <c r="U7" s="11"/>
+      <c r="V7" s="12"/>
+      <c r="W7" s="8"/>
+      <c r="X7" s="8"/>
+      <c r="Y7" s="8"/>
+      <c r="Z7" s="8"/>
+      <c r="AA7" s="8"/>
+      <c r="AB7" s="8"/>
+      <c r="AC7" s="8"/>
+      <c r="AD7" s="8"/>
+      <c r="AE7" s="8"/>
+      <c r="AF7" s="8"/>
+      <c r="AG7" s="8"/>
+      <c r="AH7" s="8"/>
+      <c r="AI7" s="8"/>
+      <c r="AJ7" s="8"/>
+      <c r="AK7" s="8"/>
+      <c r="AL7" s="8"/>
+      <c r="AM7" s="8"/>
+      <c r="AN7" s="8"/>
+      <c r="AO7" s="8"/>
+      <c r="AP7" s="8"/>
+      <c r="AQ7" s="8"/>
+      <c r="AR7" s="8"/>
+      <c r="AS7" s="8"/>
+    </row>
+    <row r="8" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="13">
+        <v>45176</v>
+      </c>
+      <c r="C8" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" s="21"/>
+      <c r="E8" s="9">
+        <v>45206</v>
+      </c>
+      <c r="F8" s="10"/>
+      <c r="G8" s="12"/>
+      <c r="H8" s="9">
+        <v>45237</v>
+      </c>
+      <c r="I8" s="10"/>
+      <c r="J8" s="12"/>
+      <c r="K8" s="22">
+        <v>45267</v>
+      </c>
+      <c r="L8" s="44"/>
+      <c r="M8" s="45"/>
+      <c r="N8" s="9">
+        <v>44933</v>
+      </c>
+      <c r="O8" s="10"/>
+      <c r="P8" s="12"/>
+      <c r="Q8" s="84">
+        <v>44964</v>
+      </c>
+      <c r="R8" s="44"/>
+      <c r="S8" s="45"/>
+      <c r="T8" s="53">
+        <v>44992</v>
+      </c>
+      <c r="U8" s="49"/>
+      <c r="V8" s="45"/>
+      <c r="W8" s="8"/>
+      <c r="X8" s="8"/>
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="8"/>
+      <c r="AA8" s="8"/>
+      <c r="AB8" s="8"/>
+      <c r="AC8" s="8"/>
+      <c r="AD8" s="8"/>
+      <c r="AE8" s="8"/>
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="8"/>
+      <c r="AH8" s="8"/>
+      <c r="AI8" s="8"/>
+      <c r="AJ8" s="8"/>
+      <c r="AK8" s="8"/>
+      <c r="AL8" s="8"/>
+      <c r="AM8" s="8"/>
+      <c r="AN8" s="8"/>
+      <c r="AO8" s="8"/>
+      <c r="AP8" s="8"/>
+      <c r="AQ8" s="8"/>
+      <c r="AR8" s="8"/>
+      <c r="AS8" s="8"/>
+    </row>
+    <row r="9" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="13">
+        <v>45176</v>
+      </c>
+      <c r="C9" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" s="24" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="9">
+        <v>45207</v>
+      </c>
+      <c r="F9" s="10"/>
+      <c r="G9" s="12"/>
+      <c r="H9" s="13">
+        <v>45238</v>
+      </c>
+      <c r="I9" s="44"/>
+      <c r="J9" s="45"/>
+      <c r="K9" s="14">
+        <v>45268</v>
+      </c>
+      <c r="L9" s="10"/>
+      <c r="M9" s="12"/>
+      <c r="N9" s="9">
+        <v>44934</v>
+      </c>
+      <c r="O9" s="10"/>
+      <c r="P9" s="12"/>
+      <c r="Q9" s="13">
+        <v>44965</v>
+      </c>
+      <c r="R9" s="44"/>
+      <c r="S9" s="45"/>
+      <c r="T9" s="85">
+        <v>44993</v>
+      </c>
+      <c r="U9" s="83" t="s">
+        <v>77</v>
+      </c>
+      <c r="V9" s="82" t="s">
+        <v>3</v>
+      </c>
+      <c r="W9" s="8"/>
+      <c r="X9" s="8"/>
+      <c r="Y9" s="8"/>
+      <c r="Z9" s="8"/>
+      <c r="AA9" s="8"/>
+      <c r="AB9" s="8"/>
+      <c r="AC9" s="8"/>
+      <c r="AD9" s="8"/>
+      <c r="AE9" s="8"/>
+      <c r="AF9" s="8"/>
+      <c r="AG9" s="8"/>
+      <c r="AH9" s="8"/>
+      <c r="AI9" s="8"/>
+      <c r="AJ9" s="8"/>
+      <c r="AK9" s="8"/>
+      <c r="AL9" s="8"/>
+      <c r="AM9" s="8"/>
+      <c r="AN9" s="8"/>
+      <c r="AO9" s="8"/>
+      <c r="AP9" s="8"/>
+      <c r="AQ9" s="8"/>
+      <c r="AR9" s="8"/>
+      <c r="AS9" s="8"/>
+    </row>
+    <row r="10" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="9">
+        <v>45178</v>
+      </c>
+      <c r="C10" s="10"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="9">
+        <v>45208</v>
+      </c>
+      <c r="F10" s="10"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="13">
+        <v>45239</v>
+      </c>
+      <c r="I10" s="44"/>
+      <c r="J10" s="45"/>
+      <c r="K10" s="14">
+        <v>45269</v>
+      </c>
+      <c r="L10" s="10"/>
+      <c r="M10" s="12"/>
+      <c r="N10" s="9">
+        <v>44935</v>
+      </c>
+      <c r="O10" s="10"/>
+      <c r="P10" s="12"/>
+      <c r="Q10" s="9">
+        <v>44966</v>
+      </c>
+      <c r="R10" s="10"/>
+      <c r="S10" s="12"/>
+      <c r="T10" s="54">
+        <v>44994</v>
+      </c>
+      <c r="U10" s="11"/>
+      <c r="V10" s="12"/>
+      <c r="W10" s="8"/>
+      <c r="X10" s="8"/>
+      <c r="Y10" s="8"/>
+      <c r="Z10" s="8"/>
+      <c r="AA10" s="8"/>
+      <c r="AB10" s="8"/>
+      <c r="AC10" s="8"/>
+      <c r="AD10" s="8"/>
+      <c r="AE10" s="8"/>
+      <c r="AF10" s="8"/>
+      <c r="AG10" s="8"/>
+      <c r="AH10" s="8"/>
+      <c r="AI10" s="8"/>
+      <c r="AJ10" s="8"/>
+      <c r="AK10" s="8"/>
+      <c r="AL10" s="8"/>
+      <c r="AM10" s="8"/>
+      <c r="AN10" s="8"/>
+      <c r="AO10" s="8"/>
+      <c r="AP10" s="8"/>
+      <c r="AQ10" s="8"/>
+      <c r="AR10" s="8"/>
+      <c r="AS10" s="8"/>
+    </row>
+    <row r="11" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="9">
+        <v>45179</v>
+      </c>
+      <c r="C11" s="10"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="9">
+        <v>45209</v>
+      </c>
+      <c r="F11" s="10"/>
+      <c r="G11" s="12"/>
+      <c r="H11" s="9">
+        <v>45240</v>
+      </c>
+      <c r="I11" s="10"/>
+      <c r="J11" s="12"/>
+      <c r="K11" s="14">
+        <v>45270</v>
+      </c>
+      <c r="L11" s="10"/>
+      <c r="M11" s="12"/>
+      <c r="N11" s="61">
+        <v>44936</v>
+      </c>
+      <c r="O11" s="62" t="s">
         <v>60</v>
       </c>
-      <c r="H1" s="126" t="s">
-[...99 lines deleted...]
-      <c r="H5" s="137">
+      <c r="P11" s="63" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q11" s="9">
+        <v>44967</v>
+      </c>
+      <c r="R11" s="10"/>
+      <c r="S11" s="12"/>
+      <c r="T11" s="54">
+        <v>44995</v>
+      </c>
+      <c r="U11" s="11"/>
+      <c r="V11" s="12"/>
+      <c r="W11" s="8"/>
+      <c r="X11" s="8"/>
+      <c r="Y11" s="8"/>
+      <c r="Z11" s="8"/>
+      <c r="AA11" s="8"/>
+      <c r="AB11" s="8"/>
+      <c r="AC11" s="8"/>
+      <c r="AD11" s="8"/>
+      <c r="AE11" s="8"/>
+      <c r="AF11" s="8"/>
+      <c r="AG11" s="8"/>
+      <c r="AH11" s="8"/>
+      <c r="AI11" s="8"/>
+      <c r="AJ11" s="8"/>
+      <c r="AK11" s="8"/>
+      <c r="AL11" s="8"/>
+      <c r="AM11" s="8"/>
+      <c r="AN11" s="8"/>
+      <c r="AO11" s="8"/>
+      <c r="AP11" s="8"/>
+      <c r="AQ11" s="8"/>
+      <c r="AR11" s="8"/>
+      <c r="AS11" s="8"/>
+    </row>
+    <row r="12" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="9">
+        <v>45180</v>
+      </c>
+      <c r="C12" s="25" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="E12" s="9">
+        <v>45210</v>
+      </c>
+      <c r="F12" s="10"/>
+      <c r="G12" s="12"/>
+      <c r="H12" s="61">
+        <v>45241</v>
+      </c>
+      <c r="I12" s="83" t="s">
+        <v>77</v>
+      </c>
+      <c r="J12" s="82" t="s">
+        <v>78</v>
+      </c>
+      <c r="K12" s="75">
+        <v>45271</v>
+      </c>
+      <c r="L12" s="72" t="s">
+        <v>70</v>
+      </c>
+      <c r="M12" s="73" t="s">
+        <v>63</v>
+      </c>
+      <c r="N12" s="13">
+        <v>44937</v>
+      </c>
+      <c r="O12" s="10"/>
+      <c r="P12" s="12"/>
+      <c r="Q12" s="9">
+        <v>44968</v>
+      </c>
+      <c r="R12" s="10"/>
+      <c r="S12" s="12"/>
+      <c r="T12" s="54">
+        <v>44996</v>
+      </c>
+      <c r="U12" s="11"/>
+      <c r="V12" s="12"/>
+      <c r="W12" s="8"/>
+      <c r="X12" s="8"/>
+      <c r="Y12" s="8"/>
+      <c r="Z12" s="8"/>
+      <c r="AA12" s="8"/>
+      <c r="AB12" s="8"/>
+      <c r="AC12" s="8"/>
+      <c r="AD12" s="8"/>
+      <c r="AE12" s="8"/>
+      <c r="AF12" s="8"/>
+      <c r="AG12" s="8"/>
+      <c r="AH12" s="8"/>
+      <c r="AI12" s="8"/>
+      <c r="AJ12" s="8"/>
+      <c r="AK12" s="8"/>
+      <c r="AL12" s="8"/>
+      <c r="AM12" s="8"/>
+      <c r="AN12" s="8"/>
+      <c r="AO12" s="8"/>
+      <c r="AP12" s="8"/>
+      <c r="AQ12" s="8"/>
+      <c r="AR12" s="8"/>
+      <c r="AS12" s="8"/>
+    </row>
+    <row r="13" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="9">
+        <v>45181</v>
+      </c>
+      <c r="C13" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="D13" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E13" s="13">
+        <v>45211</v>
+      </c>
+      <c r="F13" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="G13" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" s="9">
+        <v>45242</v>
+      </c>
+      <c r="I13" s="10"/>
+      <c r="J13" s="12"/>
+      <c r="K13" s="14">
+        <v>45272</v>
+      </c>
+      <c r="L13" s="10"/>
+      <c r="M13" s="12"/>
+      <c r="N13" s="9">
+        <v>44938</v>
+      </c>
+      <c r="O13" s="10"/>
+      <c r="P13" s="12"/>
+      <c r="Q13" s="61">
+        <v>44969</v>
+      </c>
+      <c r="R13" s="83" t="s">
+        <v>69</v>
+      </c>
+      <c r="S13" s="82" t="s">
+        <v>67</v>
+      </c>
+      <c r="T13" s="54">
+        <v>44997</v>
+      </c>
+      <c r="U13" s="11"/>
+      <c r="V13" s="12"/>
+      <c r="W13" s="8"/>
+      <c r="X13" s="8"/>
+      <c r="Y13" s="8"/>
+      <c r="Z13" s="8"/>
+      <c r="AA13" s="8"/>
+      <c r="AB13" s="8"/>
+      <c r="AC13" s="8"/>
+      <c r="AD13" s="8"/>
+      <c r="AE13" s="8"/>
+      <c r="AF13" s="8"/>
+      <c r="AG13" s="8"/>
+      <c r="AH13" s="8"/>
+      <c r="AI13" s="8"/>
+      <c r="AJ13" s="8"/>
+      <c r="AK13" s="8"/>
+      <c r="AL13" s="8"/>
+      <c r="AM13" s="8"/>
+      <c r="AN13" s="8"/>
+      <c r="AO13" s="8"/>
+      <c r="AP13" s="8"/>
+      <c r="AQ13" s="8"/>
+      <c r="AR13" s="8"/>
+      <c r="AS13" s="8"/>
+    </row>
+    <row r="14" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="9">
+        <v>45182</v>
+      </c>
+      <c r="C14" s="20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" s="27" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" s="9">
+        <v>45212</v>
+      </c>
+      <c r="F14" s="10"/>
+      <c r="G14" s="12"/>
+      <c r="H14" s="61">
+        <v>45243</v>
+      </c>
+      <c r="I14" s="83" t="s">
+        <v>69</v>
+      </c>
+      <c r="J14" s="82" t="s">
+        <v>67</v>
+      </c>
+      <c r="K14" s="14">
+        <v>45273</v>
+      </c>
+      <c r="L14" s="10"/>
+      <c r="M14" s="12"/>
+      <c r="N14" s="9">
+        <v>44939</v>
+      </c>
+      <c r="O14" s="10"/>
+      <c r="P14" s="12"/>
+      <c r="Q14" s="9">
+        <v>44970</v>
+      </c>
+      <c r="R14" s="10"/>
+      <c r="S14" s="12"/>
+      <c r="T14" s="54">
+        <v>44998</v>
+      </c>
+      <c r="U14" s="11"/>
+      <c r="V14" s="12"/>
+      <c r="W14" s="8"/>
+      <c r="X14" s="8"/>
+      <c r="Y14" s="8"/>
+      <c r="Z14" s="8"/>
+      <c r="AA14" s="8"/>
+      <c r="AB14" s="8"/>
+      <c r="AC14" s="8"/>
+      <c r="AD14" s="8"/>
+      <c r="AE14" s="8"/>
+      <c r="AF14" s="8"/>
+      <c r="AG14" s="8"/>
+      <c r="AH14" s="8"/>
+      <c r="AI14" s="8"/>
+      <c r="AJ14" s="8"/>
+      <c r="AK14" s="8"/>
+      <c r="AL14" s="8"/>
+      <c r="AM14" s="8"/>
+      <c r="AN14" s="8"/>
+      <c r="AO14" s="8"/>
+      <c r="AP14" s="8"/>
+      <c r="AQ14" s="8"/>
+      <c r="AR14" s="8"/>
+      <c r="AS14" s="8"/>
+    </row>
+    <row r="15" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="13">
+        <v>45183</v>
+      </c>
+      <c r="C15" s="20" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="27" t="s">
+        <v>25</v>
+      </c>
+      <c r="E15" s="9">
+        <v>45213</v>
+      </c>
+      <c r="F15" s="10"/>
+      <c r="G15" s="12"/>
+      <c r="H15" s="9">
+        <v>45244</v>
+      </c>
+      <c r="I15" s="10"/>
+      <c r="J15" s="12"/>
+      <c r="K15" s="96">
+        <v>45274</v>
+      </c>
+      <c r="L15" s="94" t="s">
+        <v>26</v>
+      </c>
+      <c r="M15" s="95" t="s">
+        <v>17</v>
+      </c>
+      <c r="N15" s="61">
+        <v>44941</v>
+      </c>
+      <c r="O15" s="83" t="s">
+        <v>69</v>
+      </c>
+      <c r="P15" s="82" t="s">
+        <v>67</v>
+      </c>
+      <c r="Q15" s="61">
+        <v>44971</v>
+      </c>
+      <c r="R15" s="83" t="s">
+        <v>83</v>
+      </c>
+      <c r="S15" s="82" t="s">
+        <v>49</v>
+      </c>
+      <c r="T15" s="53">
+        <v>44999</v>
+      </c>
+      <c r="U15" s="49"/>
+      <c r="V15" s="45"/>
+      <c r="W15" s="8"/>
+      <c r="X15" s="8"/>
+      <c r="Y15" s="8"/>
+      <c r="Z15" s="8"/>
+      <c r="AA15" s="8"/>
+      <c r="AB15" s="8"/>
+      <c r="AC15" s="8"/>
+      <c r="AD15" s="8"/>
+      <c r="AE15" s="8"/>
+      <c r="AF15" s="8"/>
+      <c r="AG15" s="8"/>
+      <c r="AH15" s="8"/>
+      <c r="AI15" s="8"/>
+      <c r="AJ15" s="8"/>
+      <c r="AK15" s="8"/>
+      <c r="AL15" s="8"/>
+      <c r="AM15" s="8"/>
+      <c r="AN15" s="8"/>
+      <c r="AO15" s="8"/>
+      <c r="AP15" s="8"/>
+      <c r="AQ15" s="8"/>
+      <c r="AR15" s="8"/>
+      <c r="AS15" s="8"/>
+    </row>
+    <row r="16" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="9">
+        <v>45184</v>
+      </c>
+      <c r="C16" s="10"/>
+      <c r="D16" s="11"/>
+      <c r="E16" s="9">
+        <v>45214</v>
+      </c>
+      <c r="F16" s="10"/>
+      <c r="G16" s="12"/>
+      <c r="H16" s="13">
+        <v>45245</v>
+      </c>
+      <c r="I16" s="88" t="s">
+        <v>13</v>
+      </c>
+      <c r="J16" s="89" t="s">
+        <v>3</v>
+      </c>
+      <c r="K16" s="14">
+        <v>45275</v>
+      </c>
+      <c r="L16" s="10"/>
+      <c r="M16" s="12"/>
+      <c r="N16" s="76">
+        <v>44941</v>
+      </c>
+      <c r="O16" s="72" t="s">
+        <v>70</v>
+      </c>
+      <c r="P16" s="74" t="s">
+        <v>63</v>
+      </c>
+      <c r="Q16" s="13">
+        <v>44972</v>
+      </c>
+      <c r="R16" s="44"/>
+      <c r="S16" s="45"/>
+      <c r="T16" s="53">
+        <v>45000</v>
+      </c>
+      <c r="U16" s="110" t="s">
+        <v>91</v>
+      </c>
+      <c r="V16" s="21" t="s">
+        <v>3</v>
+      </c>
+      <c r="W16" s="8"/>
+      <c r="X16" s="8"/>
+      <c r="Y16" s="8"/>
+      <c r="Z16" s="8"/>
+      <c r="AA16" s="8"/>
+      <c r="AB16" s="8"/>
+      <c r="AC16" s="8"/>
+      <c r="AD16" s="8"/>
+      <c r="AE16" s="8"/>
+      <c r="AF16" s="8"/>
+      <c r="AG16" s="8"/>
+      <c r="AH16" s="8"/>
+      <c r="AI16" s="8"/>
+      <c r="AJ16" s="8"/>
+      <c r="AK16" s="8"/>
+      <c r="AL16" s="8"/>
+      <c r="AM16" s="8"/>
+      <c r="AN16" s="8"/>
+      <c r="AO16" s="8"/>
+      <c r="AP16" s="8"/>
+      <c r="AQ16" s="8"/>
+      <c r="AR16" s="8"/>
+      <c r="AS16" s="8"/>
+    </row>
+    <row r="17" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B17" s="9">
+        <v>45185</v>
+      </c>
+      <c r="C17" s="10"/>
+      <c r="D17" s="11"/>
+      <c r="E17" s="9">
+        <v>45215</v>
+      </c>
+      <c r="F17" s="28" t="s">
+        <v>44</v>
+      </c>
+      <c r="G17" s="21" t="s">
+        <v>1</v>
+      </c>
+      <c r="H17" s="61">
+        <v>45245</v>
+      </c>
+      <c r="I17" s="83" t="s">
+        <v>83</v>
+      </c>
+      <c r="J17" s="82" t="s">
+        <v>49</v>
+      </c>
+      <c r="K17" s="14">
+        <v>45276</v>
+      </c>
+      <c r="L17" s="10"/>
+      <c r="M17" s="12"/>
+      <c r="N17" s="9">
+        <v>44942</v>
+      </c>
+      <c r="O17" s="10"/>
+      <c r="P17" s="12"/>
+      <c r="Q17" s="9">
+        <v>44973</v>
+      </c>
+      <c r="R17" s="10"/>
+      <c r="S17" s="12"/>
+      <c r="T17" s="54">
+        <v>45001</v>
+      </c>
+      <c r="U17" s="11"/>
+      <c r="V17" s="12"/>
+      <c r="W17" s="8"/>
+      <c r="X17" s="8"/>
+      <c r="Y17" s="8"/>
+      <c r="Z17" s="8"/>
+      <c r="AA17" s="8"/>
+      <c r="AB17" s="8"/>
+      <c r="AC17" s="8"/>
+      <c r="AD17" s="8"/>
+      <c r="AE17" s="8"/>
+      <c r="AF17" s="8"/>
+      <c r="AG17" s="8"/>
+      <c r="AH17" s="8"/>
+      <c r="AI17" s="8"/>
+      <c r="AJ17" s="8"/>
+      <c r="AK17" s="8"/>
+      <c r="AL17" s="8"/>
+      <c r="AM17" s="8"/>
+      <c r="AN17" s="8"/>
+      <c r="AO17" s="8"/>
+      <c r="AP17" s="8"/>
+      <c r="AQ17" s="8"/>
+      <c r="AR17" s="8"/>
+      <c r="AS17" s="8"/>
+    </row>
+    <row r="18" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B18" s="9">
+        <v>45186</v>
+      </c>
+      <c r="C18" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="D18" s="26" t="s">
+        <v>37</v>
+      </c>
+      <c r="E18" s="9">
+        <v>45216</v>
+      </c>
+      <c r="F18" s="10"/>
+      <c r="G18" s="12"/>
+      <c r="H18" s="9">
+        <v>45247</v>
+      </c>
+      <c r="I18" s="10"/>
+      <c r="J18" s="12"/>
+      <c r="K18" s="14">
+        <v>45277</v>
+      </c>
+      <c r="L18" s="10"/>
+      <c r="M18" s="12"/>
+      <c r="N18" s="61">
+        <v>44943</v>
+      </c>
+      <c r="O18" s="83" t="s">
+        <v>83</v>
+      </c>
+      <c r="P18" s="82" t="s">
+        <v>49</v>
+      </c>
+      <c r="Q18" s="9">
+        <v>44974</v>
+      </c>
+      <c r="R18" s="10"/>
+      <c r="S18" s="12"/>
+      <c r="T18" s="54">
+        <v>45002</v>
+      </c>
+      <c r="U18" s="11"/>
+      <c r="V18" s="12"/>
+      <c r="W18" s="8"/>
+      <c r="X18" s="8"/>
+      <c r="Y18" s="8"/>
+      <c r="Z18" s="8"/>
+      <c r="AA18" s="8"/>
+      <c r="AB18" s="8"/>
+      <c r="AC18" s="8"/>
+      <c r="AD18" s="8"/>
+      <c r="AE18" s="8"/>
+      <c r="AF18" s="8"/>
+      <c r="AG18" s="8"/>
+      <c r="AH18" s="8"/>
+      <c r="AI18" s="8"/>
+      <c r="AJ18" s="8"/>
+      <c r="AK18" s="8"/>
+      <c r="AL18" s="8"/>
+      <c r="AM18" s="8"/>
+      <c r="AN18" s="8"/>
+      <c r="AO18" s="8"/>
+      <c r="AP18" s="8"/>
+      <c r="AQ18" s="8"/>
+      <c r="AR18" s="8"/>
+      <c r="AS18" s="8"/>
+    </row>
+    <row r="19" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B19" s="9">
+        <v>45187</v>
+      </c>
+      <c r="C19" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="D19" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="E19" s="9">
+        <v>45217</v>
+      </c>
+      <c r="F19" s="10"/>
+      <c r="G19" s="12"/>
+      <c r="H19" s="9">
+        <v>45248</v>
+      </c>
+      <c r="I19" s="10"/>
+      <c r="J19" s="12"/>
+      <c r="K19" s="86">
+        <v>45278</v>
+      </c>
+      <c r="L19" s="83" t="s">
+        <v>69</v>
+      </c>
+      <c r="M19" s="82" t="s">
+        <v>67</v>
+      </c>
+      <c r="N19" s="13">
+        <v>44944</v>
+      </c>
+      <c r="O19" s="44"/>
+      <c r="P19" s="45"/>
+      <c r="Q19" s="9">
+        <v>44975</v>
+      </c>
+      <c r="R19" s="10"/>
+      <c r="S19" s="12"/>
+      <c r="T19" s="54">
+        <v>45003</v>
+      </c>
+      <c r="U19" s="11"/>
+      <c r="V19" s="12"/>
+      <c r="W19" s="8"/>
+      <c r="X19" s="8"/>
+      <c r="Y19" s="8"/>
+      <c r="Z19" s="8"/>
+      <c r="AA19" s="8"/>
+      <c r="AB19" s="8"/>
+      <c r="AC19" s="8"/>
+      <c r="AD19" s="8"/>
+      <c r="AE19" s="8"/>
+      <c r="AF19" s="8"/>
+      <c r="AG19" s="8"/>
+      <c r="AH19" s="8"/>
+      <c r="AI19" s="8"/>
+      <c r="AJ19" s="8"/>
+      <c r="AK19" s="8"/>
+      <c r="AL19" s="8"/>
+      <c r="AM19" s="8"/>
+      <c r="AN19" s="8"/>
+      <c r="AO19" s="8"/>
+      <c r="AP19" s="8"/>
+      <c r="AQ19" s="8"/>
+      <c r="AR19" s="8"/>
+      <c r="AS19" s="8"/>
+    </row>
+    <row r="20" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B20" s="9">
+        <v>45188</v>
+      </c>
+      <c r="C20" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="D20" s="30" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" s="13">
+        <v>45218</v>
+      </c>
+      <c r="F20" s="16" t="s">
+        <v>40</v>
+      </c>
+      <c r="G20" s="18" t="s">
+        <v>1</v>
+      </c>
+      <c r="H20" s="9">
+        <v>45249</v>
+      </c>
+      <c r="I20" s="10"/>
+      <c r="J20" s="12"/>
+      <c r="K20" s="86">
+        <v>45280</v>
+      </c>
+      <c r="L20" s="83" t="s">
+        <v>83</v>
+      </c>
+      <c r="M20" s="82" t="s">
+        <v>49</v>
+      </c>
+      <c r="N20" s="9">
+        <v>44945</v>
+      </c>
+      <c r="O20" s="10"/>
+      <c r="P20" s="12"/>
+      <c r="Q20" s="9">
+        <v>44976</v>
+      </c>
+      <c r="R20" s="10"/>
+      <c r="S20" s="12"/>
+      <c r="T20" s="54">
+        <v>45004</v>
+      </c>
+      <c r="U20" s="10"/>
+      <c r="V20" s="19"/>
+      <c r="W20" s="8"/>
+      <c r="X20" s="8"/>
+      <c r="Y20" s="8"/>
+      <c r="Z20" s="8"/>
+      <c r="AA20" s="8"/>
+      <c r="AB20" s="8"/>
+      <c r="AC20" s="8"/>
+      <c r="AD20" s="8"/>
+      <c r="AE20" s="8"/>
+      <c r="AF20" s="8"/>
+      <c r="AG20" s="8"/>
+      <c r="AH20" s="8"/>
+      <c r="AI20" s="8"/>
+      <c r="AJ20" s="8"/>
+      <c r="AK20" s="8"/>
+      <c r="AL20" s="8"/>
+      <c r="AM20" s="8"/>
+      <c r="AN20" s="8"/>
+      <c r="AO20" s="8"/>
+      <c r="AP20" s="8"/>
+      <c r="AQ20" s="8"/>
+      <c r="AR20" s="8"/>
+      <c r="AS20" s="8"/>
+    </row>
+    <row r="21" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B21" s="9">
+        <v>45189</v>
+      </c>
+      <c r="C21" s="10"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="9">
+        <v>45219</v>
+      </c>
+      <c r="F21" s="10"/>
+      <c r="G21" s="12"/>
+      <c r="H21" s="9">
+        <v>45250</v>
+      </c>
+      <c r="I21" s="10"/>
+      <c r="J21" s="12"/>
+      <c r="K21" s="86">
+        <v>45280</v>
+      </c>
+      <c r="L21" s="101" t="s">
+        <v>84</v>
+      </c>
+      <c r="M21" s="82"/>
+      <c r="N21" s="9">
+        <v>44946</v>
+      </c>
+      <c r="O21" s="31"/>
+      <c r="P21" s="32"/>
+      <c r="Q21" s="9">
+        <v>44977</v>
+      </c>
+      <c r="R21" s="10"/>
+      <c r="S21" s="12"/>
+      <c r="T21" s="54">
+        <v>45005</v>
+      </c>
+      <c r="U21" s="11"/>
+      <c r="V21" s="12"/>
+      <c r="W21" s="8"/>
+      <c r="X21" s="8"/>
+      <c r="Y21" s="8"/>
+      <c r="Z21" s="8"/>
+      <c r="AA21" s="8"/>
+      <c r="AB21" s="8"/>
+      <c r="AC21" s="8"/>
+      <c r="AD21" s="8"/>
+      <c r="AE21" s="8"/>
+      <c r="AF21" s="8"/>
+      <c r="AG21" s="8"/>
+      <c r="AH21" s="8"/>
+      <c r="AI21" s="8"/>
+      <c r="AJ21" s="8"/>
+      <c r="AK21" s="8"/>
+      <c r="AL21" s="8"/>
+      <c r="AM21" s="8"/>
+      <c r="AN21" s="8"/>
+      <c r="AO21" s="8"/>
+      <c r="AP21" s="8"/>
+      <c r="AQ21" s="8"/>
+      <c r="AR21" s="8"/>
+      <c r="AS21" s="8"/>
+    </row>
+    <row r="22" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B22" s="13">
+        <v>45190</v>
+      </c>
+      <c r="C22" s="16" t="s">
+        <v>19</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" s="9">
+        <v>45220</v>
+      </c>
+      <c r="F22" s="10"/>
+      <c r="G22" s="12"/>
+      <c r="H22" s="9">
+        <v>45251</v>
+      </c>
+      <c r="I22" s="10"/>
+      <c r="J22" s="12"/>
+      <c r="K22" s="22">
+        <v>45281</v>
+      </c>
+      <c r="L22" s="44"/>
+      <c r="M22" s="45"/>
+      <c r="N22" s="9">
+        <v>44947</v>
+      </c>
+      <c r="O22" s="10"/>
+      <c r="P22" s="12"/>
+      <c r="Q22" s="13">
+        <v>44978</v>
+      </c>
+      <c r="R22" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="S22" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="T22" s="53">
+        <v>45006</v>
+      </c>
+      <c r="U22" s="49"/>
+      <c r="V22" s="45"/>
+      <c r="W22" s="8"/>
+      <c r="X22" s="8"/>
+      <c r="Y22" s="8"/>
+      <c r="Z22" s="8"/>
+      <c r="AA22" s="8"/>
+      <c r="AB22" s="8"/>
+      <c r="AC22" s="8"/>
+      <c r="AD22" s="8"/>
+      <c r="AE22" s="8"/>
+      <c r="AF22" s="8"/>
+      <c r="AG22" s="8"/>
+      <c r="AH22" s="8"/>
+      <c r="AI22" s="8"/>
+      <c r="AJ22" s="8"/>
+      <c r="AK22" s="8"/>
+      <c r="AL22" s="8"/>
+      <c r="AM22" s="8"/>
+      <c r="AN22" s="8"/>
+      <c r="AO22" s="8"/>
+      <c r="AP22" s="8"/>
+      <c r="AQ22" s="8"/>
+      <c r="AR22" s="8"/>
+      <c r="AS22" s="8"/>
+    </row>
+    <row r="23" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B23" s="9">
+        <v>45191</v>
+      </c>
+      <c r="C23" s="10"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="9">
+        <v>45221</v>
+      </c>
+      <c r="F23" s="10"/>
+      <c r="G23" s="12"/>
+      <c r="H23" s="13">
+        <v>45252</v>
+      </c>
+      <c r="I23" s="44"/>
+      <c r="J23" s="45"/>
+      <c r="K23" s="14">
+        <v>45282</v>
+      </c>
+      <c r="L23" s="10"/>
+      <c r="M23" s="12"/>
+      <c r="N23" s="9">
+        <v>44948</v>
+      </c>
+      <c r="O23" s="10"/>
+      <c r="P23" s="12"/>
+      <c r="Q23" s="61">
+        <v>44979</v>
+      </c>
+      <c r="R23" s="83" t="s">
+        <v>75</v>
+      </c>
+      <c r="S23" s="82" t="s">
+        <v>76</v>
+      </c>
+      <c r="T23" s="85">
+        <v>45007</v>
+      </c>
+      <c r="U23" s="83" t="s">
+        <v>68</v>
+      </c>
+      <c r="V23" s="82" t="s">
+        <v>11</v>
+      </c>
+      <c r="W23" s="8"/>
+      <c r="X23" s="8"/>
+      <c r="Y23" s="8"/>
+      <c r="Z23" s="8"/>
+      <c r="AA23" s="8"/>
+      <c r="AB23" s="8"/>
+      <c r="AC23" s="8"/>
+      <c r="AD23" s="8"/>
+      <c r="AE23" s="8"/>
+      <c r="AF23" s="8"/>
+      <c r="AG23" s="8"/>
+      <c r="AH23" s="8"/>
+      <c r="AI23" s="8"/>
+      <c r="AJ23" s="8"/>
+      <c r="AK23" s="8"/>
+      <c r="AL23" s="8"/>
+      <c r="AM23" s="8"/>
+      <c r="AN23" s="8"/>
+      <c r="AO23" s="8"/>
+      <c r="AP23" s="8"/>
+      <c r="AQ23" s="8"/>
+      <c r="AR23" s="8"/>
+      <c r="AS23" s="8"/>
+    </row>
+    <row r="24" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="9">
+        <v>45192</v>
+      </c>
+      <c r="C24" s="10"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="9">
+        <v>45222</v>
+      </c>
+      <c r="F24" s="10"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="13">
+        <v>45253</v>
+      </c>
+      <c r="I24" s="94" t="s">
+        <v>26</v>
+      </c>
+      <c r="J24" s="95" t="s">
+        <v>3</v>
+      </c>
+      <c r="K24" s="14">
+        <v>45283</v>
+      </c>
+      <c r="L24" s="10"/>
+      <c r="M24" s="12"/>
+      <c r="N24" s="9">
+        <v>44949</v>
+      </c>
+      <c r="O24" s="10"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="9">
+        <v>44980</v>
+      </c>
+      <c r="R24" s="10"/>
+      <c r="S24" s="12"/>
+      <c r="T24" s="54">
+        <v>45008</v>
+      </c>
+      <c r="U24" s="34"/>
+      <c r="V24" s="12"/>
+      <c r="W24" s="8"/>
+      <c r="X24" s="8"/>
+      <c r="Y24" s="8"/>
+      <c r="Z24" s="8"/>
+      <c r="AA24" s="8"/>
+      <c r="AB24" s="8"/>
+      <c r="AC24" s="8"/>
+      <c r="AD24" s="8"/>
+      <c r="AE24" s="8"/>
+      <c r="AF24" s="8"/>
+      <c r="AG24" s="8"/>
+      <c r="AH24" s="8"/>
+      <c r="AI24" s="8"/>
+      <c r="AJ24" s="8"/>
+      <c r="AK24" s="8"/>
+      <c r="AL24" s="8"/>
+      <c r="AM24" s="8"/>
+      <c r="AN24" s="8"/>
+      <c r="AO24" s="8"/>
+      <c r="AP24" s="8"/>
+      <c r="AQ24" s="8"/>
+      <c r="AR24" s="8"/>
+      <c r="AS24" s="8"/>
+    </row>
+    <row r="25" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="9">
+        <v>45193</v>
+      </c>
+      <c r="C25" s="16" t="s">
+        <v>0</v>
+      </c>
+      <c r="D25" s="26" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" s="9">
+        <v>45223</v>
+      </c>
+      <c r="F25" s="10"/>
+      <c r="G25" s="12"/>
+      <c r="H25" s="9">
+        <v>45254</v>
+      </c>
+      <c r="I25" s="10"/>
+      <c r="J25" s="19"/>
+      <c r="K25" s="14">
+        <v>45284</v>
+      </c>
+      <c r="L25" s="10"/>
+      <c r="M25" s="12"/>
+      <c r="N25" s="90">
+        <v>44950</v>
+      </c>
+      <c r="O25" s="88" t="s">
+        <v>13</v>
+      </c>
+      <c r="P25" s="89" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q25" s="9">
+        <v>44981</v>
+      </c>
+      <c r="R25" s="10"/>
+      <c r="S25" s="12"/>
+      <c r="T25" s="54">
+        <v>45008</v>
+      </c>
+      <c r="U25" s="35"/>
+      <c r="V25" s="12"/>
+      <c r="W25" s="8"/>
+      <c r="X25" s="8"/>
+      <c r="Y25" s="8"/>
+      <c r="Z25" s="8"/>
+      <c r="AA25" s="8"/>
+      <c r="AB25" s="8"/>
+      <c r="AC25" s="8"/>
+      <c r="AD25" s="8"/>
+      <c r="AE25" s="8"/>
+      <c r="AF25" s="8"/>
+      <c r="AG25" s="8"/>
+      <c r="AH25" s="8"/>
+      <c r="AI25" s="8"/>
+      <c r="AJ25" s="8"/>
+      <c r="AK25" s="8"/>
+      <c r="AL25" s="8"/>
+      <c r="AM25" s="8"/>
+      <c r="AN25" s="8"/>
+      <c r="AO25" s="8"/>
+      <c r="AP25" s="8"/>
+      <c r="AQ25" s="8"/>
+      <c r="AR25" s="8"/>
+      <c r="AS25" s="8"/>
+    </row>
+    <row r="26" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B26" s="9">
+        <v>45194</v>
+      </c>
+      <c r="C26" s="10"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="9">
+        <v>45224</v>
+      </c>
+      <c r="F26" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="G26" s="36" t="s">
+        <v>46</v>
+      </c>
+      <c r="H26" s="9">
+        <v>45255</v>
+      </c>
+      <c r="I26" s="10"/>
+      <c r="J26" s="12"/>
+      <c r="K26" s="22">
+        <v>45285</v>
+      </c>
+      <c r="L26" s="44"/>
+      <c r="M26" s="45"/>
+      <c r="N26" s="13">
+        <v>44951</v>
+      </c>
+      <c r="O26" s="94" t="s">
+        <v>26</v>
+      </c>
+      <c r="P26" s="95" t="s">
+        <v>16</v>
+      </c>
+      <c r="Q26" s="9">
+        <v>44982</v>
+      </c>
+      <c r="R26" s="10"/>
+      <c r="S26" s="12"/>
+      <c r="T26" s="117">
+        <v>45010</v>
+      </c>
+      <c r="U26" s="72" t="s">
+        <v>72</v>
+      </c>
+      <c r="V26" s="72" t="s">
+        <v>100</v>
+      </c>
+      <c r="W26" s="8"/>
+      <c r="X26" s="8"/>
+      <c r="Y26" s="8"/>
+      <c r="Z26" s="8"/>
+      <c r="AA26" s="8"/>
+      <c r="AB26" s="8"/>
+      <c r="AC26" s="8"/>
+      <c r="AD26" s="8"/>
+      <c r="AE26" s="8"/>
+      <c r="AF26" s="8"/>
+      <c r="AG26" s="8"/>
+      <c r="AH26" s="8"/>
+      <c r="AI26" s="8"/>
+      <c r="AJ26" s="8"/>
+      <c r="AK26" s="8"/>
+      <c r="AL26" s="8"/>
+      <c r="AM26" s="8"/>
+      <c r="AN26" s="8"/>
+      <c r="AO26" s="8"/>
+      <c r="AP26" s="8"/>
+      <c r="AQ26" s="8"/>
+      <c r="AR26" s="8"/>
+      <c r="AS26" s="8"/>
+    </row>
+    <row r="27" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B27" s="9">
+        <v>45195</v>
+      </c>
+      <c r="C27" s="10"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="13">
+        <v>45225</v>
+      </c>
+      <c r="F27" s="20" t="s">
         <v>15</v>
       </c>
-      <c r="I5" s="124"/>
-[...167 lines deleted...]
-      <c r="D9" s="130">
+      <c r="G27" s="21" t="s">
+        <v>8</v>
+      </c>
+      <c r="H27" s="9">
+        <v>45256</v>
+      </c>
+      <c r="I27" s="10"/>
+      <c r="J27" s="12"/>
+      <c r="K27" s="14">
+        <v>45286</v>
+      </c>
+      <c r="L27" s="10"/>
+      <c r="M27" s="12"/>
+      <c r="N27" s="9">
+        <v>44952</v>
+      </c>
+      <c r="O27" s="10"/>
+      <c r="P27" s="12"/>
+      <c r="Q27" s="9">
+        <v>44983</v>
+      </c>
+      <c r="R27" s="10"/>
+      <c r="S27" s="12"/>
+      <c r="T27" s="54">
+        <v>45011</v>
+      </c>
+      <c r="U27" s="11"/>
+      <c r="V27" s="12"/>
+      <c r="W27" s="8"/>
+      <c r="X27" s="8"/>
+      <c r="Y27" s="8"/>
+      <c r="Z27" s="8"/>
+      <c r="AA27" s="8"/>
+      <c r="AB27" s="8"/>
+      <c r="AC27" s="8"/>
+      <c r="AD27" s="8"/>
+      <c r="AE27" s="8"/>
+      <c r="AF27" s="8"/>
+      <c r="AG27" s="8"/>
+      <c r="AH27" s="8"/>
+      <c r="AI27" s="8"/>
+      <c r="AJ27" s="8"/>
+      <c r="AK27" s="8"/>
+      <c r="AL27" s="8"/>
+      <c r="AM27" s="8"/>
+      <c r="AN27" s="8"/>
+      <c r="AO27" s="8"/>
+      <c r="AP27" s="8"/>
+      <c r="AQ27" s="8"/>
+      <c r="AR27" s="8"/>
+      <c r="AS27" s="8"/>
+    </row>
+    <row r="28" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B28" s="9">
+        <v>45196</v>
+      </c>
+      <c r="C28" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="D28" s="21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E28" s="9">
+        <v>45226</v>
+      </c>
+      <c r="F28" s="10"/>
+      <c r="G28" s="12"/>
+      <c r="H28" s="9">
+        <v>45257</v>
+      </c>
+      <c r="I28" s="10"/>
+      <c r="J28" s="12"/>
+      <c r="K28" s="22">
+        <v>45287</v>
+      </c>
+      <c r="L28" s="44"/>
+      <c r="M28" s="45"/>
+      <c r="N28" s="9">
+        <v>44953</v>
+      </c>
+      <c r="O28" s="10"/>
+      <c r="P28" s="12"/>
+      <c r="Q28" s="9">
+        <v>44984</v>
+      </c>
+      <c r="R28" s="10"/>
+      <c r="S28" s="12"/>
+      <c r="T28" s="54">
+        <v>45012</v>
+      </c>
+      <c r="U28" s="11"/>
+      <c r="V28" s="12"/>
+      <c r="W28" s="8"/>
+      <c r="X28" s="8"/>
+      <c r="Y28" s="8"/>
+      <c r="Z28" s="8"/>
+      <c r="AA28" s="8"/>
+      <c r="AB28" s="8"/>
+      <c r="AC28" s="8"/>
+      <c r="AD28" s="8"/>
+      <c r="AE28" s="8"/>
+      <c r="AF28" s="8"/>
+      <c r="AG28" s="8"/>
+      <c r="AH28" s="8"/>
+      <c r="AI28" s="8"/>
+      <c r="AJ28" s="8"/>
+      <c r="AK28" s="8"/>
+      <c r="AL28" s="8"/>
+      <c r="AM28" s="8"/>
+      <c r="AN28" s="8"/>
+      <c r="AO28" s="8"/>
+      <c r="AP28" s="8"/>
+      <c r="AQ28" s="8"/>
+      <c r="AR28" s="8"/>
+      <c r="AS28" s="8"/>
+    </row>
+    <row r="29" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B29" s="13">
+        <v>45197</v>
+      </c>
+      <c r="C29" s="16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D29" s="26" t="s">
+        <v>39</v>
+      </c>
+      <c r="E29" s="9">
+        <v>45227</v>
+      </c>
+      <c r="F29" s="10"/>
+      <c r="G29" s="12"/>
+      <c r="H29" s="9">
+        <v>45258</v>
+      </c>
+      <c r="I29" s="10"/>
+      <c r="J29" s="12"/>
+      <c r="K29" s="22">
+        <v>45288</v>
+      </c>
+      <c r="L29" s="44"/>
+      <c r="M29" s="45"/>
+      <c r="N29" s="9">
+        <v>44954</v>
+      </c>
+      <c r="O29" s="10"/>
+      <c r="P29" s="12"/>
+      <c r="Q29" s="56">
+        <v>44985</v>
+      </c>
+      <c r="R29" s="57"/>
+      <c r="S29" s="58"/>
+      <c r="T29" s="85">
+        <v>45014</v>
+      </c>
+      <c r="U29" s="83" t="s">
+        <v>68</v>
+      </c>
+      <c r="V29" s="82" t="s">
+        <v>8</v>
+      </c>
+      <c r="W29" s="8"/>
+      <c r="X29" s="8"/>
+      <c r="Y29" s="8"/>
+      <c r="Z29" s="8"/>
+      <c r="AA29" s="8"/>
+      <c r="AB29" s="8"/>
+      <c r="AC29" s="8"/>
+      <c r="AD29" s="8"/>
+      <c r="AE29" s="8"/>
+      <c r="AF29" s="8"/>
+      <c r="AG29" s="8"/>
+      <c r="AH29" s="8"/>
+      <c r="AI29" s="8"/>
+      <c r="AJ29" s="8"/>
+      <c r="AK29" s="8"/>
+      <c r="AL29" s="8"/>
+      <c r="AM29" s="8"/>
+      <c r="AN29" s="8"/>
+      <c r="AO29" s="8"/>
+      <c r="AP29" s="8"/>
+      <c r="AQ29" s="8"/>
+      <c r="AR29" s="8"/>
+      <c r="AS29" s="8"/>
+    </row>
+    <row r="30" spans="2:45" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B30" s="9">
+        <v>45198</v>
+      </c>
+      <c r="C30" s="10"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="9">
+        <v>45228</v>
+      </c>
+      <c r="F30" s="10"/>
+      <c r="G30" s="12"/>
+      <c r="H30" s="13">
+        <v>45259</v>
+      </c>
+      <c r="I30" s="20" t="s">
+        <v>18</v>
+      </c>
+      <c r="J30" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="E9" s="119"/>
-[...342 lines deleted...]
-      <c r="L17" s="134">
+      <c r="K30" s="14">
+        <v>45289</v>
+      </c>
+      <c r="L30" s="10"/>
+      <c r="M30" s="12"/>
+      <c r="N30" s="9">
+        <v>44955</v>
+      </c>
+      <c r="O30" s="10"/>
+      <c r="P30" s="12"/>
+      <c r="Q30" s="9"/>
+      <c r="R30" s="10"/>
+      <c r="S30" s="12"/>
+      <c r="T30" s="91">
+        <v>45014</v>
+      </c>
+      <c r="U30" s="92" t="s">
+        <v>13</v>
+      </c>
+      <c r="V30" s="93" t="s">
+        <v>48</v>
+      </c>
+      <c r="W30" s="8"/>
+      <c r="X30" s="8"/>
+      <c r="Y30" s="8"/>
+      <c r="Z30" s="8"/>
+      <c r="AA30" s="8"/>
+      <c r="AB30" s="8"/>
+      <c r="AC30" s="8"/>
+      <c r="AD30" s="8"/>
+      <c r="AE30" s="8"/>
+      <c r="AF30" s="8"/>
+      <c r="AG30" s="8"/>
+      <c r="AH30" s="8"/>
+      <c r="AI30" s="8"/>
+      <c r="AJ30" s="8"/>
+      <c r="AK30" s="8"/>
+      <c r="AL30" s="8"/>
+      <c r="AM30" s="8"/>
+      <c r="AN30" s="8"/>
+      <c r="AO30" s="8"/>
+      <c r="AP30" s="8"/>
+      <c r="AQ30" s="8"/>
+      <c r="AR30" s="8"/>
+      <c r="AS30" s="8"/>
+    </row>
+    <row r="31" spans="2:45" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="9">
+        <v>45199</v>
+      </c>
+      <c r="C31" s="10"/>
+      <c r="D31" s="11"/>
+      <c r="E31" s="9">
+        <v>45229</v>
+      </c>
+      <c r="F31" s="10"/>
+      <c r="G31" s="12"/>
+      <c r="H31" s="13">
+        <v>45260</v>
+      </c>
+      <c r="I31" s="51"/>
+      <c r="J31" s="52"/>
+      <c r="K31" s="14">
+        <v>45290</v>
+      </c>
+      <c r="L31" s="10"/>
+      <c r="M31" s="12"/>
+      <c r="N31" s="9">
+        <v>44956</v>
+      </c>
+      <c r="O31" s="10"/>
+      <c r="P31" s="12"/>
+      <c r="Q31" s="9"/>
+      <c r="R31" s="10"/>
+      <c r="S31" s="12"/>
+      <c r="T31" s="54">
+        <v>45015</v>
+      </c>
+      <c r="U31" s="10"/>
+      <c r="V31" s="12"/>
+      <c r="W31" s="8"/>
+      <c r="X31" s="8"/>
+      <c r="Y31" s="8"/>
+      <c r="Z31" s="8"/>
+      <c r="AA31" s="8"/>
+      <c r="AB31" s="8"/>
+      <c r="AC31" s="8"/>
+      <c r="AD31" s="8"/>
+      <c r="AE31" s="8"/>
+      <c r="AF31" s="8"/>
+      <c r="AG31" s="8"/>
+      <c r="AH31" s="8"/>
+      <c r="AI31" s="8"/>
+      <c r="AJ31" s="8"/>
+      <c r="AK31" s="8"/>
+      <c r="AL31" s="8"/>
+      <c r="AM31" s="8"/>
+      <c r="AN31" s="8"/>
+      <c r="AO31" s="8"/>
+      <c r="AP31" s="8"/>
+      <c r="AQ31" s="8"/>
+      <c r="AR31" s="8"/>
+      <c r="AS31" s="8"/>
+    </row>
+    <row r="32" spans="2:45" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B32" s="39"/>
+      <c r="C32" s="40"/>
+      <c r="D32" s="41"/>
+      <c r="E32" s="39">
+        <v>45230</v>
+      </c>
+      <c r="F32" s="40"/>
+      <c r="G32" s="42"/>
+      <c r="H32" s="39"/>
+      <c r="I32" s="40"/>
+      <c r="J32" s="42"/>
+      <c r="K32" s="43">
+        <v>45291</v>
+      </c>
+      <c r="L32" s="40"/>
+      <c r="M32" s="42"/>
+      <c r="N32" s="50">
+        <v>44957</v>
+      </c>
+      <c r="O32" s="37" t="s">
+        <v>61</v>
+      </c>
+      <c r="P32" s="38" t="s">
         <v>3</v>
       </c>
-      <c r="N17" s="54"/>
-[...532 lines deleted...]
-      </c>
+      <c r="Q32" s="39"/>
+      <c r="R32" s="40"/>
+      <c r="S32" s="42"/>
+      <c r="T32" s="55">
+        <v>45016</v>
+      </c>
+      <c r="U32" s="40"/>
+      <c r="V32" s="42"/>
+      <c r="W32" s="8"/>
+      <c r="X32" s="8"/>
+      <c r="Y32" s="8"/>
+      <c r="Z32" s="8"/>
+      <c r="AA32" s="8"/>
+      <c r="AB32" s="8"/>
+      <c r="AC32" s="8"/>
+      <c r="AD32" s="8"/>
+      <c r="AE32" s="8"/>
+      <c r="AF32" s="8"/>
+      <c r="AG32" s="8"/>
+      <c r="AH32" s="8"/>
+      <c r="AI32" s="8"/>
+      <c r="AJ32" s="8"/>
+      <c r="AK32" s="8"/>
+      <c r="AL32" s="8"/>
+      <c r="AM32" s="8"/>
+      <c r="AN32" s="8"/>
+      <c r="AO32" s="8"/>
+      <c r="AP32" s="8"/>
+      <c r="AQ32" s="8"/>
+      <c r="AR32" s="8"/>
+      <c r="AS32" s="8"/>
     </row>
   </sheetData>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
+  <printOptions horizontalCentered="1" verticalCentered="1"/>
+  <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="44" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Feuil1</vt:lpstr>
-      <vt:lpstr>Feuil2</vt:lpstr>
+      <vt:lpstr>avril à fin sept</vt:lpstr>
+      <vt:lpstr>nov à fin mars</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>gilles.cantet431@orange.fr</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>